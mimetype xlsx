--- v0 (2025-10-29)
+++ v1 (2026-02-11)
@@ -1,70 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="webp" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Реквизиты" sheetId="2" r:id="rId5"/>
     <sheet name="Worksheet" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>+7 (499) 113-14-14</t>
   </si>
   <si>
     <t>Реквизиты</t>
   </si>
   <si>
     <t>Здравствуй, дорогой наш оптовый Покупатель! Мы очень рады, что Вы обратились к нашему сайту. Уверены, Вам понравятся ассортимент и условия нашей компании! 
 Каждый день мы работаем над качественным улучшением сервиса, находим новые интересные товары по приятной цене, 
 выполняем работу по законному ввозу товаров в страну (уплачивая все налоги и экологические сборы), 
 наш товар имеет все необходимые документы подтверждающие качество, перед отгрузкой обязательно осуществляем контроль качества, 
 работаем над развитием сайта и доступным донесением характеристик до Вашего конечного клиента.
 Будем рады видеть Вас в числе наших постоянных покупателей.</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Ссылка</t>
@@ -78,366 +77,192 @@
   <si>
     <t>Кол-во единиц в заказе</t>
   </si>
   <si>
     <t>Сумма заказа, RUB</t>
   </si>
   <si>
     <t>Основной ассортимент</t>
   </si>
   <si>
     <t>No name</t>
   </si>
   <si>
     <t>Круглая тарелка с разделением на 3 зоны из кукурузного крахмала 10 дюймов</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/105344/</t>
   </si>
   <si>
     <t>A109</t>
   </si>
   <si>
     <t>ALL</t>
   </si>
   <si>
-    <t>Расческа для вычесывания кошек и собак T9 Pet Needle Comb Пуходерка</t>
-[...52 lines deleted...]
-  <si>
     <t>Светящийся ошейник для собак (3 режима, зарядка USB)  , размер М</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/87681/</t>
   </si>
   <si>
-    <t>to-8281</t>
+    <t>f699f2bd-fadf-43a7-8e64-1d88decf8983</t>
   </si>
   <si>
     <t>Силиконовая Лапомойка для собак и кошек Soft Gentle для больших и средних собак, 15 см</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/91153/</t>
   </si>
   <si>
-    <t>to-5104</t>
+    <t>df958610-304d-43a3-a074-1fa0ae2bf52f</t>
   </si>
   <si>
     <t>Щетка для вычесывания шерсти животных, чесалка - пуходерка самоочищающаяся</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/92292/</t>
   </si>
   <si>
-    <t>to-11844</t>
-[...32 lines deleted...]
-    <t>to-12433</t>
+    <t>7a6294a2-d226-4fe0-b928-55b9568778c2</t>
   </si>
   <si>
     <t>Шлейка прогулочная с поводком для собак и кошек мелких и средних пород Pet Leash / Дышащий жилет для животных</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/92943/</t>
   </si>
   <si>
-    <t>to-12469</t>
-[...8 lines deleted...]
-    <t>to-12509</t>
+    <t>179ef857-f696-11ed-ba84-002590d3517a</t>
   </si>
   <si>
     <t>SPA расческа для кошек и собак Pet cleaning hair removal comb 3 в 1 (чистка, расческа, массаж) / Скр</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/93208/</t>
   </si>
   <si>
-    <t>to-12837</t>
-[...8 lines deleted...]
-    <t>to-12839</t>
+    <t>1a06d5be-1830-11ee-ba87-002590d3517a</t>
   </si>
   <si>
     <t>Силиконовая массажная щетка c резервуаром для шампуня Space capsule refillable bath brush (2 насадки) для животных / Массажная расческа для шампуня</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/93274/</t>
   </si>
   <si>
-    <t>gu-12872</t>
+    <t>7f490191-2a5b-11ee-ba8c-002590d3517a</t>
   </si>
   <si>
     <t>Прибор для домашнего лифтинга лица Дарсонваль Portable High Frequency (4 насадки)</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/93373/</t>
   </si>
   <si>
-    <t>kr-13055</t>
+    <t>269f7252-4db0-11ee-ba90-002590d3517a</t>
   </si>
   <si>
     <t>Перчатка для вычесывания шерсти домашних животных True Touch</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/93863/</t>
   </si>
   <si>
     <t>TDA-0029M</t>
   </si>
   <si>
     <t>Автоматическая поилка для кошек и собак Pet Water Dispenser 2118 (емкость 3 л)</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/93966/</t>
   </si>
   <si>
+    <t>e82a498a-6e9e-11ee-ba8f-f4034350b2cb</t>
+  </si>
+  <si>
     <t>Интерактивная игрушка шарик - дразнилка мячик для кошек и собак Smart rotating ball (2 режима работы) / Умный мяч / USB</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/94236/</t>
   </si>
   <si>
+    <t>10ef3738-897d-11ee-ba91-f4034350b2cb</t>
+  </si>
+  <si>
     <t>Сумка - переноска для домашних животных с лежанкой 43х25х28 см, до 7 кг (2 кармана для лакомств, светоотражающие элементы, ремни крепления для перевозки в авто)</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/106890/</t>
   </si>
   <si>
     <t>Рюкзак переноска с прозрачным окном для домашних животных (мелких пород собак, кошек)</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/106898/</t>
   </si>
   <si>
     <t>Электрическая когтерезка (гриндер) для собак и кошек SMEHNSER M5 (3 скорости, LED подсветка, индикатор батареи). Триммер для стрижки когтей</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/106946/</t>
   </si>
   <si>
-    <t>Профессиональный набор триммер - машинка для стрижки домашних питомцев Geemy GM-635 / Грумер (4 насадки, регулировка длинны среза) / Машинка для груминга</t>
-[...28 lines deleted...]
-  <si>
     <t>Щетка расческа для вычесывания кошек и собак Fobnimarut  /  Расческа - чесалка с кнопкой - эджектором</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108474/</t>
   </si>
   <si>
     <t>Палатка - складной домик манеж для животных</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/113475/</t>
   </si>
   <si>
-    <t>Машинка для стрижки животных 4в1 / Триммер / Машинка для грумминга</t>
-[...10 lines deleted...]
-  <si>
     <t>Игрушка дразнилка для кошек интерактивная, умный мяч (три режима работы, зарядка TYPE-C)</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/143520/</t>
   </si>
   <si>
     <t>Игрушка дразнилка для кошек интерактивная, мяч с пером (три режима работы, зарядка TYPE-C)</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/143522/</t>
   </si>
   <si>
-    <t>Интерактивная игрушка Птичка для кошек с встроенный аккумулятором / Летает, издает звуки, машет крыльями</t>
-[...22 lines deleted...]
-  <si>
     <t>Автоматическая поилка для кошек и собак с датчиком движения</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/143648/</t>
   </si>
   <si>
     <t>Щетка для груминга кошек и собак 2в1 / Расческа для шерсти животных</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/143819/</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://beloptovik.ru/catalog/product/139550/</t>
   </si>
   <si>
     <t>ИТОГО ПО ЗАКАЗУ:</t>
   </si>
   <si>
     <t>Индивидуальный предприниматель Клементьева Виктория Евгеньевна
 Юридический/почтовый адрес: 442537, Пензенская область, г.Кузнецк, ул. Победы, дом 58. кв.29.
 ИНН 731304577431  ОГРН 320583500038601
 Расчетный счет №: 40802810648000020816  в ПЕНЗЕНСКОЕ ОТДЕЛЕНИЕ N8624 ПАО СБЕРБАНК Г. Пенза .  БИК: 045655635.
 Корреспондентский счет 30101810000000000635
 Тел. +7 499 113-14-14  Эл.почта: info@beloptovik.ru</t>
   </si>
   <si>
     <t>Для связи с нами в WhatsApp:</t>
   </si>
   <si>
     <t>https://wa.me/79778021153</t>
   </si>
   <si>
     <t>При оплате по безналичному расчету к оптовой цене добавляется 12%</t>
   </si>
   <si>
     <t>Минимальная сумма оптового заказа - 10 000,00 RUB</t>
   </si>
   <si>
@@ -604,51 +429,51 @@
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ec8df84b3f8b51d66eeb486674.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ac551b6095804a2161ea058b29445de.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bf8f312f90176d3e5d4e09a0b38ad07.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b808919c7dadfafd8e94f5174db3ec71.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59d865a4a5b6aa4712410ddbcf36e37b.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/193392747bc4ab3ea47e6907c0cba1c7.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6817d38e23bd4513bdc7c8fa44d569c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e0b3821b3595867bd34ffbd0ee547a0.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0fd62fa565e6ea7bf88e5998d469ada.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a69dbc0980b8717d316ca25a8615e33.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e438faa3f55592923f4ffe97f59a5d49.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f7d2f854d653fb31fe926921e805a33.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2752d0ac9ca54c61a0a660645d220d64.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f607bce90fb71a4e2597ad42746ebf56.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2678e7cfe01bd497b971d654dee3797.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53ae0986b9bfb3a9690253ceaa9f86b2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec8ab8c5c91cde0afa25c32264c16ced.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c803c63f1fdbe8107ce097c162079e0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ea08511b827d0291172e89cfd3343c.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad118b4ae3d232d58631904827282f3f.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9fe4a5bb5b6e981d31dd76a68a2dff8.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d980d195cbc7ff31d25bb70ac13d2ebf.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a94884a4778bc8f63e29fd802add4c1b.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e6840006b2064be32bd7846f8337c5c.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7987647faf0cdf5fe8dc171b65de88f.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f066ffeb2ad95417d796200285591563.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daa7a524c24224074b7bf49b4b6dc98b.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e08ad848a4f1bc966aedd67fc36d303f.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d1d6cb287146ed5af44528da203b767.webp"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89f2f79015a1f8e6d2527ab6e349b04b.webp"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70243bc67ddbe3ac703555ba721a1568.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd84061b35150aa9e47d3a524307d50b.webp"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc68220d5e6f72e9dfdfe9c90dbb083d.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1ed672d5866c0f3ca453156deaa6d9e.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce158c6cee9c85e2932088cf12ff1310.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/914e369ffdef58acc114832cf3d9586a.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/914e369ffdef58acc114832cf3d9586a.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/387c22c7c90bbf94aa1000974d792f4e.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06f3e5026824d85f452365a42cccfdf1.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/173b380ad4e6123b3ca5c093cdab4caf.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bed718a076d929825673b297d93b41f.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c49617fcbefbf4fd7c439f3469e128e.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4435bca5dde81bb27fc007e07091ddb2.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04f28e8eba01e8daad9778b871da53ae.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/978e35b16b2528520589b72dfa3a4060.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ec8df84b3f8b51d66eeb486674.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ac551b6095804a2161ea058b29445de.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0fd62fa565e6ea7bf88e5998d469ada.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a69dbc0980b8717d316ca25a8615e33.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e438faa3f55592923f4ffe97f59a5d49.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53ae0986b9bfb3a9690253ceaa9f86b2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c803c63f1fdbe8107ce097c162079e0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad118b4ae3d232d58631904827282f3f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9fe4a5bb5b6e981d31dd76a68a2dff8.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d980d195cbc7ff31d25bb70ac13d2ebf.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a94884a4778bc8f63e29fd802add4c1b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e6840006b2064be32bd7846f8337c5c.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7987647faf0cdf5fe8dc171b65de88f.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f066ffeb2ad95417d796200285591563.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daa7a524c24224074b7bf49b4b6dc98b.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc68220d5e6f72e9dfdfe9c90dbb083d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1ed672d5866c0f3ca453156deaa6d9e.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/914e369ffdef58acc114832cf3d9586a.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/387c22c7c90bbf94aa1000974d792f4e.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4435bca5dde81bb27fc007e07091ddb2.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04f28e8eba01e8daad9778b871da53ae.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1619250" cy="314325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Logo" descr="Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -676,141 +501,141 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="742950"/>
+    <xdr:ext cx="952500" cy="790575"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:ext cx="952500" cy="942975"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="962025"/>
+    <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:ext cx="952500" cy="1323975"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -826,111 +651,111 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="962025"/>
+    <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="790575"/>
+    <xdr:ext cx="952500" cy="904875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="942975"/>
+    <xdr:ext cx="952500" cy="962025"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -976,1020 +801,300 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="933450"/>
+    <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="1219200"/>
+    <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="1057275"/>
+    <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="1323975"/>
+    <xdr:ext cx="952500" cy="771525"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="962025"/>
+    <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:ext cx="952500" cy="1095375"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="1285875"/>
+    <xdr:ext cx="952500" cy="1219200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:ext cx="952500" cy="962025"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="904875"/>
+    <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
-        <a:stretch>
-[...718 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2248,71 +1353,71 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105344/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/55011/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/57797/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/58932/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/59090/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/61875/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/63198/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/87681/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/91153/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92292/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92301/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92930/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92931/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92932/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92943/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93036/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93208/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93211/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93274/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93373/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93863/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93966/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94236/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106890/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106898/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106946/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107692/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107834/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108117/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108120/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108440/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108474/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113475/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143400/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143403/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143520/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143522/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143610/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143628/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143629/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143641/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143648/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143819/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139550/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105344/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/87681/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/91153/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92292/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92943/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93208/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93274/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93373/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93863/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93966/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94236/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106890/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106898/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106946/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108474/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113475/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143520/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143522/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143648/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143819/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wa.me/79778021153" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H54"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A54" sqref="A54"/>
+      <selection pane="bottomLeft" activeCell="A29" sqref="A29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="90" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="80">
       <c r="A1"/>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="5"/>
       <c r="E2" s="3"/>
@@ -2387,1273 +1492,638 @@
       <c r="F8" s="12">
         <v>29.0</v>
       </c>
       <c r="G8" s="12">
         <v>0</v>
       </c>
       <c r="H8" s="12">
         <f>F8*G8</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="9"/>
       <c r="C9" s="9"/>
       <c r="D9" s="9"/>
       <c r="E9" s="9"/>
       <c r="F9" s="9"/>
       <c r="G9" s="9"/>
       <c r="H9" s="9"/>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="90">
       <c r="A10" s="12">
-        <v>55011</v>
+        <v>87681</v>
       </c>
       <c r="B10" s="12"/>
       <c r="C10" s="12" t="s">
         <v>17</v>
       </c>
       <c r="D10" s="13" t="s">
         <v>18</v>
       </c>
       <c r="E10" s="14" t="s">
         <v>19</v>
       </c>
       <c r="F10" s="12">
-        <v>288.0</v>
+        <v>250.0</v>
       </c>
       <c r="G10" s="12">
         <v>0</v>
       </c>
       <c r="H10" s="12">
         <f>F10*G10</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="90">
       <c r="A11" s="12">
-        <v>57797</v>
+        <v>91153</v>
       </c>
       <c r="B11" s="12"/>
       <c r="C11" s="12" t="s">
         <v>20</v>
       </c>
       <c r="D11" s="13" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="14" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="12">
-        <v>570.0</v>
+        <v>225.0</v>
       </c>
       <c r="G11" s="12">
         <v>0</v>
       </c>
       <c r="H11" s="12">
         <f>F11*G11</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="90">
       <c r="A12" s="12">
-        <v>58932</v>
+        <v>92292</v>
       </c>
       <c r="B12" s="12"/>
       <c r="C12" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D12" s="13" t="s">
         <v>24</v>
       </c>
       <c r="E12" s="14" t="s">
         <v>25</v>
       </c>
       <c r="F12" s="12">
-        <v>1330.0</v>
+        <v>180.0</v>
       </c>
       <c r="G12" s="12">
         <v>0</v>
       </c>
       <c r="H12" s="12">
         <f>F12*G12</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="90">
       <c r="A13" s="12">
-        <v>59090</v>
+        <v>92943</v>
       </c>
       <c r="B13" s="12"/>
       <c r="C13" s="12" t="s">
         <v>26</v>
       </c>
       <c r="D13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="E13" s="14" t="s">
         <v>28</v>
       </c>
       <c r="F13" s="12">
-        <v>520.0</v>
+        <v>161.0</v>
       </c>
       <c r="G13" s="12">
         <v>0</v>
       </c>
       <c r="H13" s="12">
         <f>F13*G13</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="90">
       <c r="A14" s="12">
-        <v>61875</v>
+        <v>93208</v>
       </c>
       <c r="B14" s="12"/>
       <c r="C14" s="12" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="13" t="s">
         <v>30</v>
       </c>
       <c r="E14" s="14" t="s">
         <v>31</v>
       </c>
       <c r="F14" s="12">
-        <v>207.0</v>
+        <v>115.0</v>
       </c>
       <c r="G14" s="12">
         <v>0</v>
       </c>
       <c r="H14" s="12">
         <f>F14*G14</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="90">
       <c r="A15" s="12">
-        <v>63198</v>
+        <v>93274</v>
       </c>
       <c r="B15" s="12"/>
       <c r="C15" s="12" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="13" t="s">
         <v>33</v>
       </c>
       <c r="E15" s="14" t="s">
         <v>34</v>
       </c>
       <c r="F15" s="12">
-        <v>59.0</v>
+        <v>140.0</v>
       </c>
       <c r="G15" s="12">
         <v>0</v>
       </c>
       <c r="H15" s="12">
         <f>F15*G15</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="90">
       <c r="A16" s="12">
-        <v>87681</v>
+        <v>93373</v>
       </c>
       <c r="B16" s="12"/>
       <c r="C16" s="12" t="s">
         <v>35</v>
       </c>
       <c r="D16" s="13" t="s">
         <v>36</v>
       </c>
       <c r="E16" s="14" t="s">
         <v>37</v>
       </c>
       <c r="F16" s="12">
-        <v>250.0</v>
+        <v>800.0</v>
       </c>
       <c r="G16" s="12">
         <v>0</v>
       </c>
       <c r="H16" s="12">
         <f>F16*G16</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="90">
       <c r="A17" s="12">
-        <v>91153</v>
+        <v>93863</v>
       </c>
       <c r="B17" s="12"/>
       <c r="C17" s="12" t="s">
         <v>38</v>
       </c>
       <c r="D17" s="13" t="s">
         <v>39</v>
       </c>
       <c r="E17" s="14" t="s">
         <v>40</v>
       </c>
       <c r="F17" s="12">
-        <v>225.0</v>
+        <v>39.0</v>
       </c>
       <c r="G17" s="12">
         <v>0</v>
       </c>
       <c r="H17" s="12">
         <f>F17*G17</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="90">
       <c r="A18" s="12">
-        <v>92292</v>
+        <v>93966</v>
       </c>
       <c r="B18" s="12"/>
       <c r="C18" s="12" t="s">
         <v>41</v>
       </c>
       <c r="D18" s="13" t="s">
         <v>42</v>
       </c>
       <c r="E18" s="14" t="s">
         <v>43</v>
       </c>
       <c r="F18" s="12">
-        <v>180.0</v>
+        <v>865.0</v>
       </c>
       <c r="G18" s="12">
         <v>0</v>
       </c>
       <c r="H18" s="12">
         <f>F18*G18</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="90">
       <c r="A19" s="12">
-        <v>92301</v>
+        <v>94236</v>
       </c>
       <c r="B19" s="12"/>
       <c r="C19" s="12" t="s">
         <v>44</v>
       </c>
       <c r="D19" s="13" t="s">
         <v>45</v>
       </c>
-      <c r="E19" s="14">
-        <v>11906</v>
+      <c r="E19" s="14" t="s">
+        <v>46</v>
       </c>
       <c r="F19" s="12">
-        <v>2850.0</v>
+        <v>230.0</v>
       </c>
       <c r="G19" s="12">
         <v>0</v>
       </c>
       <c r="H19" s="12">
         <f>F19*G19</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="90">
       <c r="A20" s="12">
-        <v>92930</v>
+        <v>106890</v>
       </c>
       <c r="B20" s="12"/>
       <c r="C20" s="12" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D20" s="13" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="E20" s="14" t="s">
         <v>48</v>
       </c>
+      <c r="E20" s="14">
+        <v>13392</v>
+      </c>
       <c r="F20" s="12">
-        <v>173.0</v>
+        <v>1160.0</v>
       </c>
       <c r="G20" s="12">
         <v>0</v>
       </c>
       <c r="H20" s="12">
         <f>F20*G20</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="90">
       <c r="A21" s="12">
-        <v>92931</v>
+        <v>106898</v>
       </c>
       <c r="B21" s="12"/>
       <c r="C21" s="12" t="s">
         <v>49</v>
       </c>
       <c r="D21" s="13" t="s">
         <v>50</v>
       </c>
-      <c r="E21" s="14" t="s">
-        <v>51</v>
+      <c r="E21" s="14">
+        <v>106898</v>
       </c>
       <c r="F21" s="12">
-        <v>98.0</v>
+        <v>750.0</v>
       </c>
       <c r="G21" s="12">
         <v>0</v>
       </c>
       <c r="H21" s="12">
         <f>F21*G21</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="90">
       <c r="A22" s="12">
-        <v>92932</v>
+        <v>106946</v>
       </c>
       <c r="B22" s="12"/>
       <c r="C22" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="D22" s="13" t="s">
         <v>52</v>
       </c>
-      <c r="D22" s="13" t="s">
-[...3 lines deleted...]
-        <v>54</v>
+      <c r="E22" s="14">
+        <v>106946</v>
       </c>
       <c r="F22" s="12">
-        <v>115.0</v>
+        <v>750.0</v>
       </c>
       <c r="G22" s="12">
         <v>0</v>
       </c>
       <c r="H22" s="12">
         <f>F22*G22</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="90">
       <c r="A23" s="12">
-        <v>92943</v>
+        <v>108474</v>
       </c>
       <c r="B23" s="12"/>
       <c r="C23" s="12" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D23" s="13" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>54</v>
+      </c>
+      <c r="E23" s="14">
+        <v>108474</v>
       </c>
       <c r="F23" s="12">
-        <v>161.0</v>
+        <v>210.0</v>
       </c>
       <c r="G23" s="12">
         <v>0</v>
       </c>
       <c r="H23" s="12">
         <f>F23*G23</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="90">
       <c r="A24" s="12">
-        <v>93036</v>
+        <v>113475</v>
       </c>
       <c r="B24" s="12"/>
       <c r="C24" s="12" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D24" s="13" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>56</v>
+      </c>
+      <c r="E24" s="14">
+        <v>113475</v>
       </c>
       <c r="F24" s="12">
-        <v>260.0</v>
+        <v>980.0</v>
       </c>
       <c r="G24" s="12">
         <v>0</v>
       </c>
       <c r="H24" s="12">
         <f>F24*G24</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="90">
       <c r="A25" s="12">
-        <v>93208</v>
+        <v>143520</v>
       </c>
       <c r="B25" s="12"/>
       <c r="C25" s="12" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D25" s="13" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>58</v>
+      </c>
+      <c r="E25" s="14">
+        <v>143520</v>
       </c>
       <c r="F25" s="12">
-        <v>115.0</v>
+        <v>175.0</v>
       </c>
       <c r="G25" s="12">
         <v>0</v>
       </c>
       <c r="H25" s="12">
         <f>F25*G25</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:8" customHeight="1" ht="90">
       <c r="A26" s="12">
-        <v>93211</v>
+        <v>143522</v>
       </c>
       <c r="B26" s="12"/>
       <c r="C26" s="12" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="D26" s="13" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>60</v>
+      </c>
+      <c r="E26" s="14">
+        <v>143522</v>
       </c>
       <c r="F26" s="12">
-        <v>920.0</v>
+        <v>175.0</v>
       </c>
       <c r="G26" s="12">
         <v>0</v>
       </c>
       <c r="H26" s="12">
         <f>F26*G26</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="90">
       <c r="A27" s="12">
-        <v>93274</v>
+        <v>143648</v>
       </c>
       <c r="B27" s="12"/>
       <c r="C27" s="12" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="D27" s="13" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>62</v>
+      </c>
+      <c r="E27" s="14">
+        <v>143648</v>
       </c>
       <c r="F27" s="12">
-        <v>140.0</v>
+        <v>610.0</v>
       </c>
       <c r="G27" s="12">
         <v>0</v>
       </c>
       <c r="H27" s="12">
         <f>F27*G27</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="90">
       <c r="A28" s="12">
-        <v>93373</v>
+        <v>143819</v>
       </c>
       <c r="B28" s="12"/>
       <c r="C28" s="12" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="D28" s="13" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>64</v>
+      </c>
+      <c r="E28" s="14">
+        <v>143819</v>
       </c>
       <c r="F28" s="12">
-        <v>800.0</v>
+        <v>140.0</v>
       </c>
       <c r="G28" s="12">
         <v>0</v>
       </c>
       <c r="H28" s="12">
         <f>F28*G28</f>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:8" customHeight="1" ht="90">
-[...623 lines deleted...]
-        <f>SUM(H4:H53)</f>
+    <row r="29" spans="1:8">
+      <c r="A29" s="16" t="s">
+        <v>65</v>
+      </c>
+      <c r="B29" s="15"/>
+      <c r="C29" s="15"/>
+      <c r="D29" s="15"/>
+      <c r="E29" s="15"/>
+      <c r="F29" s="15"/>
+      <c r="G29" s="15">
+        <f>SUM(G4:G28)</f>
+        <v>0</v>
+      </c>
+      <c r="H29" s="15">
+        <f>SUM(H4:H28)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="C1:H1"/>
     <mergeCell ref="D2:H2"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A9:H9"/>
-    <mergeCell ref="A52:H52"/>
-    <mergeCell ref="A54:F54"/>
+    <mergeCell ref="A29:F29"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C2" location="'Реквизиты'!A1"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D24" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D25" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D26" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D27" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D28" r:id="rId_hyperlink_20"/>
-    <hyperlink ref="D29" r:id="rId_hyperlink_21"/>
-[...22 lines deleted...]
-    <hyperlink ref="D53" r:id="rId_hyperlink_44"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="90" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1">
       <c r="A1" s="11" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
     </row>
     <row r="2" spans="1:1">
       <c r="A2" t="s">
-        <v>125</v>
+        <v>67</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" s="10" t="s">
-        <v>126</v>
+        <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:1">
       <c r="A4" t="s">
-        <v>127</v>
+        <v>69</v>
       </c>
     </row>
     <row r="5" spans="1:1">
       <c r="A5" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:1">
       <c r="A6"/>
     </row>
     <row r="7" spans="1:1">
       <c r="A7" s="11" t="s">
-        <v>129</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>