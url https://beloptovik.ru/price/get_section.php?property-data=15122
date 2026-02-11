--- v0 (2025-10-29)
+++ v1 (2026-02-11)
@@ -1,1316 +1,451 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="webp" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Реквизиты" sheetId="2" r:id="rId5"/>
     <sheet name="Worksheet" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1605">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>+7 (499) 113-14-14</t>
   </si>
   <si>
     <t>Реквизиты</t>
   </si>
   <si>
     <t>Здравствуй, дорогой наш оптовый Покупатель! Мы очень рады, что Вы обратились к нашему сайту. Уверены, Вам понравятся ассортимент и условия нашей компании! 
 Каждый день мы работаем над качественным улучшением сервиса, находим новые интересные товары по приятной цене, 
 выполняем работу по законному ввозу товаров в страну (уплачивая все налоги и экологические сборы), 
 наш товар имеет все необходимые документы подтверждающие качество, перед отгрузкой обязательно осуществляем контроль качества, 
 работаем над развитием сайта и доступным донесением характеристик до Вашего конечного клиента.
 Будем рады видеть Вас в числе наших постоянных покупателей.</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Оптовая цена, RUB</t>
   </si>
   <si>
     <t>Кол-во единиц в заказе</t>
   </si>
   <si>
     <t>Сумма заказа, RUB</t>
   </si>
   <si>
     <t>Лидеры продаж</t>
   </si>
   <si>
+    <t>Основной ассортимент</t>
+  </si>
+  <si>
+    <t>No name</t>
+  </si>
+  <si>
+    <t>Складная защита от солнца для автомобиля PRISMA, черный</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/97543/</t>
+  </si>
+  <si>
+    <t>PS1008S102</t>
+  </si>
+  <si>
+    <t>Солнцезащитный экран для грузовиков COLUMBIA, черный</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/97544/</t>
+  </si>
+  <si>
+    <t>PS1017S102</t>
+  </si>
+  <si>
+    <t>Портативный беспроводной мини пылесос Киплинг (2 насадки)</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/98910/</t>
+  </si>
+  <si>
+    <t>Плед Aberdeen / Дизайнерский в клетку</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/105548/</t>
+  </si>
+  <si>
+    <t>Плед акриловый Glasgo / Комфортный, качественный и стильный</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/105553/</t>
+  </si>
+  <si>
+    <t>Плед акриловый Samum с бахромой / Мягкий и теплый</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/105556/</t>
+  </si>
+  <si>
+    <t>Плед-подушка Вояж из флиса / Мягкий и практичный</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/105841/</t>
+  </si>
+  <si>
+    <t>Мультиинструмент Гайдельберг / Мультитул карманный 11 в 1</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/106492/</t>
+  </si>
+  <si>
+    <t>Налобный Светодиодный фонарь W643 с Power Bank / Сверхмощный, яркий и дальний</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/110269/</t>
+  </si>
+  <si>
+    <t>Держатель для карт с подставкой MINKAR, цвет в ассортименте / Позволяет удобно хранить ваши банковские, визитные и другие карты, служит практичной подставкой для вашего устройства</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/112667/</t>
+  </si>
+  <si>
+    <t>Магнитный держатель карт на телефоне WASAT с поддержкой MagSafe, цвет в ассортименте / Банковские, кредитные и визитные карты будут находиться всегда под рукой, не занимая места в кошельке или бумажнике</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/112671/</t>
+  </si>
+  <si>
+    <t>Иммитатор авто-прикуривателя H150 12V/5V=2A / Преобразование напряжения для питания различных устройств, таких как зарядные устройства, GPS-навигаторы и другие гаджеты</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113173/</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя 1351 Olesson / Подключение и зарядка нескольких устройств одновременно, таких как мобильные телефоны, планшеты, GPS-навигаторы и другие гаджеты</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113182/</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя 1502 Olesson / Подключение и зарядка нескольких устройств одновременно, таких как мобильные телефоны, планшеты, GPS-навигаторы и другие гаджеты</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113183/</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя 1503 Olesson / Подключение и зарядка нескольких устройств одновременно, таких как мобильные телефоны, планшеты, GPS-навигаторы и другие гаджеты</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113184/</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя 1504 Olesson / Позволяет подключать и заряжать несколько устройств одновременно, таких как мобильные телефоны, планшеты, GPS-навигаторы и другие гаджеты</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113185/</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя 1505 Olesson / Позволяет подключать несколько устройств одновременно, что удобно для зарядки телефонов, планшетов и других гаджетов в автомобиле</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113204/</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя 1508 Olesson, 3 гнезда, 2 USB порта, 12-24V, черный</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113222/</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя 1512 Olesson / Для использования в автомобиле, позволяет одновременно подключать несколько устройств и заряжать их через USB-порты</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113242/</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя 1519 Olesson / Для использования в автомобиле, позволяя подключать и заряжать несколько устройств одновременно, что особенно полезно в дальних поездках</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113289/</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя 1528 Olesson 4 АЗУ, 1 USB/3.1A, 120W, черный</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113294/</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя 1630 Olesson, 3 разъема, 2 USB порта, 120 Вт, 12/24 В, черный</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113319/</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя 1638 Olesson, 12 В / 24 В, 2 разъема, 2 USB порта, 120 Вт / Стильная подсветка, защита от короткого замыкания</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113334/</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя 1656 Olesson, 3 гнезда, 4 USB порта / Разъем Type-C, поддержка быстрой зарядки Quick Charge 3.0</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113410/</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя 1661 Olesson (инвертор), 2 гнезда, 1 USB порт, 1 порт Type-C / Встроенная защита от перегрева, перегрузок и короткого замыкания</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113411/</t>
+  </si>
+  <si>
+    <t>Автомобильный разветвитель (инвертор) Olesson 1662, 150W 12/24V, черный</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113412/</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя 1679 Olesson, 3 выхода, 12-24 В, 2 USB, 1200 мА, черный</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113437/</t>
+  </si>
+  <si>
+    <t>Разветвитель автоприкуривателя Olesson 1680 с вольтметром, 12-24V, 4xUSB: 5V/4800 mA/h, 3 гнезда</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113438/</t>
+  </si>
+  <si>
+    <t>Разветвитель прикуривателя, 3 гнезда, 1 USB, LED подсветка, 12-24V / Выключатели-тумблеры, предохранитель</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113442/</t>
+  </si>
+  <si>
+    <t>Автомобильный разветвитель WF-0307, 4 гнезда, 12-24V, 5V, мощность 60 Вт</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113443/</t>
+  </si>
+  <si>
+    <t>Автомобильный разветвитель WT-D23, 3 гнезда, 2 USB порта 5V / 1000mA, 12/24V, 5А, мощность 120W, черный</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113446/</t>
+  </si>
+  <si>
+    <t>Ozera</t>
+  </si>
+  <si>
+    <t>Противоскользящий коврик - держатель в автомобиль / подставка для телефона</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/86417/</t>
+  </si>
+  <si>
+    <t>5e8d1680-c9c3-4a9a-9cba-351f270f1775</t>
+  </si>
+  <si>
     <t>ALL</t>
   </si>
   <si>
-    <t>Гибкий солнцезащитный экран для лобового стекла 140х70 см.</t>
-[...706 lines deleted...]
-  <si>
     <t>Визитница органайзер с креплением на козырек автомобиля AV-189</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/56236/</t>
   </si>
   <si>
-    <t>vn-10227</t>
+    <t>257c36b7-1c79-43fb-ae1c-c06661fce4e2</t>
   </si>
   <si>
     <t>Портативный вакуумный мини пылесос для авто и дома 2 in 1 Vacuum Cleaner (2 насадки)</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/56995/</t>
   </si>
   <si>
-    <t>py-9445</t>
-[...80 lines deleted...]
-    <t>https://beloptovik.ru/catalog/product/64084/</t>
+    <t>23286931-0909-4f3a-8c15-4e40a4d400ed</t>
   </si>
   <si>
     <t>Сумка - холодильник Арктика 15 л. / Термосумка</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/64704/</t>
   </si>
   <si>
-    <t>Фонарь - брелок аккумуляторный Keychain Light 5W (30 Led, 4 режима работы), магнит / карабин фонарик брелок</t>
-[...52 lines deleted...]
-  <si>
     <t>Беспроводной автомобильный пылесос LT-101C, 120 W (3 насадки, USB-зарядка)</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/92211/</t>
   </si>
   <si>
-    <t>py-12258</t>
-[...14 lines deleted...]
-    <t>https://beloptovik.ru/catalog/product/92421/</t>
+    <t>f6f5bcb0-fa3c-4ba0-a1d8-d021142dddb2</t>
   </si>
   <si>
     <t>Портативный вакуумный пылесос Portable Vacuum Cleaner USB A8 (три насадки)</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/92506/</t>
   </si>
   <si>
-    <t>Набор инструментов 115 в 1 для ремонта электроники, сотовых телефонов, ноутбуков, планшетов в кейсе</t>
-[...14 lines deleted...]
-    <t>av-12593</t>
+    <t>fac26fe4-e248-4970-a7e6-d26684913197</t>
   </si>
   <si>
     <t>Набор дорожных органайзеров Laun Drypouch Travel 6 штук разных размеров</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/93052/</t>
   </si>
   <si>
-    <t>or-12595</t>
-[...41 lines deleted...]
-    <t>vi-13344</t>
+    <t>c484c064-063e-11ee-ba84-002590d3517a</t>
   </si>
   <si>
     <t>Антибликовые очки, солнцезащитные очки для водителей HD Vision Wrap Arounds 2 пары ( защита от яркого света и ультрафиолета + видимость в малоосвещенных местах) продажа и отгрузка кратно коробке/30 шт</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/93592/</t>
   </si>
   <si>
     <t>TDA-1083</t>
   </si>
   <si>
     <t>Складная гаражная подвесная лампа на 3 лепестка LED Deformable lamp XF-701 (USB+солнечная батарея, 5 режимов работы)</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/93722/</t>
   </si>
   <si>
     <t>TDA-4432</t>
   </si>
   <si>
     <t>Компрессор автомобильный, портативный аккумуляторный, фонарь, SOS аварийка, функция Power bank 4500 mAh, USB, type-c (насадки для накачивания спортивного и пляжного инвентаря)</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/93963/</t>
   </si>
   <si>
-    <t>Беспроводной портативный автомобильный компрессор CAR Air Pump CZK-3668 (USB, 4 насадки, LED-дисплей, встроенный фонарь)</t>
-[...8 lines deleted...]
-    <t>https://beloptovik.ru/catalog/product/94126/</t>
+    <t>fa4566ce</t>
   </si>
   <si>
     <t>Автомобильный органайзер на сиденье / Накидка в машину с креплением на спинку Seat Storage Bag продажа и отгрузка кратно коробке/60 шт</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/94267/</t>
   </si>
   <si>
     <t>TDA-0139M</t>
   </si>
   <si>
-    <t>Видеорегистратор Vehicle Blackbox DVR с камерой заднего вида mod.2020-1</t>
-[...13 lines deleted...]
-  <si>
     <t>Портативная аккумуляторная (48В) мойка для автомобиля в кейсе / Мойка высокого давления беспроводная</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/94410/</t>
   </si>
   <si>
     <t>TDA-4755</t>
   </si>
   <si>
-    <t>Портативный вакуумный пылесос с тремя насадками Vacuum Cleanmer / Беспроводной универсальный пылесос</t>
-[...55 lines deleted...]
-  <si>
     <t>Автомобильный пылесос, 35500 об/мин, 4000 мАч, USB / Компактный и портативный</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/107802/</t>
   </si>
   <si>
-    <t>Фонарь налобный аккумуляторный с магнитным основанием, 2 режима работы, СОВ и XPG диоды / только коробкой 240 штук</t>
-[...70 lines deleted...]
-  <si>
     <t>Защитная накидка на лобовое стекло и зеркала, ушки, светоотражающие элементы / Защитный чехол универсальный</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/113481/</t>
   </si>
   <si>
+    <t>Пневматический гвоздезабивной пистолет для бетона, металла с кейсом в наборе + 100 гвоздей</t>
+  </si>
+  <si>
+    <t>https://beloptovik.ru/catalog/product/113485/</t>
+  </si>
+  <si>
     <t>Оплетка чехол на руль с подогревом Auto Heated Steering Wheel Cover (от прикуривателя)</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/113491/</t>
   </si>
   <si>
     <t>Насос для накачивания шин, портативный автомобильный воздушный компрессор для мотоциклов, велосипедов, лодок, цифровой автомобильный насос</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/113492/</t>
   </si>
   <si>
-    <t>Портативная электростанция на солнечной батарее, 150 Вт, зарядное устройство на солнечной батарее 110 В, зарядное устройство преобразователь</t>
-[...10 lines deleted...]
-  <si>
     <t>Умное электрическое одеяло - покрывало - плед с подогревом, контроллер, двойная кровать, грелка, одеяло с электрическим подогревом</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/113499/</t>
   </si>
   <si>
     <t>Автомобильный холодильник  MCW24E+, 24 л, черный/оранжевый / Эффективное охлаждение и нагрев, компактный и легкий</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/139505/</t>
   </si>
   <si>
     <t>MCW24E+</t>
   </si>
   <si>
     <t>Сумка изотермическая  9037 18л с открывалкой для бутылок, коричневая / Надежная изоляция и удобство в использовании</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/139507/</t>
   </si>
   <si>
     <t>Сумка изотермическая  9033, 23,5л, синий / Надежная изоляция и удобство в использовании</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/139509/</t>
@@ -1324,3546 +459,234 @@
   <si>
     <t>Сумка изотермическая 9039, 21,5 л, серо-желтая / Держит температуру до 10 часов, удобна для пикников и поездок</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/139514/</t>
   </si>
   <si>
     <t>Сумка изотермическая  9047, 13 л, серо-желтая / Держит температуру до 24 часов, удобна для пикников и поездок</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/139517/</t>
   </si>
   <si>
     <t>Аккумулятор холода  7012, 200 г, синий / Поддерживает низкую температуру, удобен для термосумок и термоконтейнеров</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/139520/</t>
   </si>
   <si>
     <t>Аккумулятор холода  7013 400г</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/139521/</t>
   </si>
   <si>
-    <t>Шторка солнцезащитная экран ТРАНСФОРМЕР 153х75 см для лобового стекла автомобиля, DASWERK, 671250</t>
-[...37 lines deleted...]
-  <si>
     <t>Беспроводной аккумуляторный насос для матраса, лодки, бассейна, колес, шин,  4 сменные насадки</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/143343/</t>
   </si>
   <si>
-    <t>Набор инструментов для ремонта автомобильных шин, для установки автомобильных шипов / Футляр - упаковка</t>
-[...10 lines deleted...]
-  <si>
     <t>Светодиодный аварийный знак (знак аварийной остановки) с фонарем</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/143514/</t>
   </si>
   <si>
-    <t>Автомобильное косметическое зеркало, зарядка USB / Автомобильное зеркало для макияжа со светодиодной подсветкой</t>
-[...22 lines deleted...]
-  <si>
     <t>Профессиональный видео эндоскоп с экраном, 2 метра</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/143657/</t>
   </si>
   <si>
     <t>Профессиональный видео эндоскоп с экраном, 5 метров</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/143658/</t>
   </si>
   <si>
-    <t>Аккумуляторная электрическая отвертка для точных работ + 30 насадок в комплекте</t>
-[...46 lines deleted...]
-  <si>
     <t>АвтоБлок</t>
   </si>
   <si>
-    <t>Автомобильный компрессор, воздушный насос для накачивания и спуска воздуха, 8400 мА/ч, 12 В</t>
-[...481 lines deleted...]
-  <si>
     <t>Автомобильные Динамики TS-1695R(1696R, 1697R) 600W / Качественные и мощные</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/107992/</t>
   </si>
   <si>
-    <t>A0454</t>
-[...1 lines deleted...]
-  <si>
     <t>Автомобильные Динамики TS-6975V2 550W / Высокое качество звука</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/107996/</t>
   </si>
   <si>
-    <t>A0458</t>
-[...1 lines deleted...]
-  <si>
     <t>Твитеры автомобильные 500W / Громкие и качественные</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/107999/</t>
   </si>
   <si>
-    <t>A0738</t>
-[...100 lines deleted...]
-  <si>
     <t>Автономный обогреватель для авто 5 кВт 24V с пультом / Экономный, безопасный и эффективный</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108018/</t>
   </si>
   <si>
-    <t>A0901</t>
-[...10 lines deleted...]
-  <si>
     <t>Набор медных шайб 280 штук / Прочные и универсальные</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108023/</t>
   </si>
   <si>
-    <t>A1125</t>
-[...109 lines deleted...]
-  <si>
     <t>Насос перекачки топлива 12/24 V MINI / Компактный, производительный и эффективный</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108043/</t>
   </si>
   <si>
-    <t>A1068</t>
-[...64 lines deleted...]
-  <si>
     <t>Насос для перекачки топлива 12/ 24 V / Мощный, производительный и надежный</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108053/</t>
   </si>
   <si>
-    <t>A0926</t>
-[...10 lines deleted...]
-  <si>
     <t>Автомобильные Динамики TS-6995(6996)R 1200W / Мощные, качественные и иммерсивные</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108059/</t>
   </si>
   <si>
-    <t>A0460</t>
-[...1 lines deleted...]
-  <si>
     <t>Автомобильные Динамики TS-6997(6998)R 1200W / Качественный, мощные и мелодичные</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108062/</t>
   </si>
   <si>
-    <t>A0462</t>
-[...55 lines deleted...]
-  <si>
     <t>Автомагнитола 1 din BT DV-Pioneer.ok 158(156) / Многофункциональная, удобная и качественная</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108071/</t>
   </si>
   <si>
-    <t>A0371</t>
-[...10 lines deleted...]
-  <si>
     <t>Автомагнитола 1 din BT Pioneer.ok MP3303-3305 / Надежная, стильная и качественная</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108075/</t>
   </si>
   <si>
-    <t>A0377</t>
-[...1 lines deleted...]
-  <si>
     <t>Автомагнитола 1 din BT Pioneer.ok MP4402-4403 / Мощная, функциональная и удобная</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108079/</t>
   </si>
   <si>
-    <t>A0381</t>
-[...1 lines deleted...]
-  <si>
     <t>Автомагнитола Pioneer MVH-196-198 / Мощная, функциональная и удобная</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108082/</t>
   </si>
   <si>
-    <t>A0383</t>
-[...19 lines deleted...]
-  <si>
     <t>Автомагнитола HD-Pioneer-1991(1992, 1993) / Мощная, многофункциональная и удобная</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108089/</t>
   </si>
   <si>
-    <t>A0821</t>
-[...1 lines deleted...]
-  <si>
     <t>Автомагнитола мультимедиа GB-285SBT (281, 287) / Мощная, многофункциональная и удобная</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108093/</t>
   </si>
   <si>
-    <t>A0788</t>
-[...28 lines deleted...]
-  <si>
     <t>Автомагнитола BT DV-Pioneer MP157(156) / Стильная, высококачественная и удобная</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108101/</t>
   </si>
   <si>
-    <t>A0741</t>
-[...118 lines deleted...]
-  <si>
     <t>Автомагнитола Pioneer 7" 7002 / Большой и яркий экран</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108133/</t>
   </si>
   <si>
-    <t>A0816</t>
-[...28 lines deleted...]
-  <si>
     <t>Автомагнитола Двухдиновая Android DV-Pioneer.ok 9" AH-9028(9029) / Мощная, функциональная и удобная</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108142/</t>
   </si>
   <si>
-    <t>A0359</t>
-[...163 lines deleted...]
-  <si>
     <t>Автовизитка парковочная Металл / Приятная, универсальная и удобная</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108182/</t>
   </si>
   <si>
-    <t>A0214</t>
-[...1 lines deleted...]
-  <si>
     <t>Автовизитка парковочная / Эффективная и удобная</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108185/</t>
   </si>
   <si>
-    <t>A0811</t>
-[...19 lines deleted...]
-  <si>
     <t>Домкрат гидравлический 3, 5, 8, 16, 20, 50 тонн / Эффективный, надежный и прочный</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108191/</t>
   </si>
   <si>
-    <t>A0730</t>
-[...37 lines deleted...]
-  <si>
     <t>Таль ручная 1, 2, 3 тонны / Универсальная, безопасная и надежная</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108202/</t>
   </si>
   <si>
-    <t>A1127</t>
-[...1 lines deleted...]
-  <si>
     <t>Домкрат механический ''ромб'' 1.5, 3 тонны / Удобный, безопасный и надежный</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108206/</t>
   </si>
   <si>
-    <t>A0746</t>
-[...154 lines deleted...]
-  <si>
     <t>Заглушки ремня безопасности / Стильные, долговечные и универсальные</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/108236/</t>
   </si>
   <si>
-    <t>A0195</t>
-[...958 lines deleted...]
-  <si>
     <t>Carlive</t>
   </si>
   <si>
-    <t>Автомобильный компрессор 35 л/мин 160 Вт / Удобный, мобильный и универсальный</t>
-[...412 lines deleted...]
-  <si>
     <t>Автомобильное зарядное устройство Carlive CR34 Black QC3.0 +PD 25W / Практичное и быстрое</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/109864/</t>
   </si>
   <si>
-    <t>S307</t>
-[...28 lines deleted...]
-  <si>
     <t>Автомобильное зарядное устройство Carlive CR40 QC3.0 + PD36W 54W / Удобное и качественное</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/109884/</t>
-  </si>
-[...322 lines deleted...]
-    <t>https://beloptovik.ru/catalog/product/143694/</t>
   </si>
   <si>
     <t>ИТОГО ПО ЗАКАЗУ:</t>
   </si>
   <si>
     <t>Индивидуальный предприниматель Клементьева Виктория Евгеньевна
 Юридический/почтовый адрес: 442537, Пензенская область, г.Кузнецк, ул. Победы, дом 58. кв.29.
 ИНН 731304577431  ОГРН 320583500038601
 Расчетный счет №: 40802810648000020816  в ПЕНЗЕНСКОЕ ОТДЕЛЕНИЕ N8624 ПАО СБЕРБАНК Г. Пенза .  БИК: 045655635.
 Корреспондентский счет 30101810000000000635
 Тел. +7 499 113-14-14  Эл.почта: info@beloptovik.ru</t>
   </si>
   <si>
     <t>Для связи с нами в WhatsApp:</t>
   </si>
   <si>
     <t>https://wa.me/79778021153</t>
   </si>
   <si>
     <t>При оплате по безналичному расчету к оптовой цене добавляется 12%</t>
   </si>
   <si>
     <t>Минимальная сумма оптового заказа - 10 000,00 RUB</t>
   </si>
   <si>
@@ -5030,2430 +853,2430 @@
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ec8df84b3f8b51d66eeb486674.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe0e5765cfd06510d14ee2fb1d0fc5f.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4856aae66238f0c3fd5eeb5b3fd2c171.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd9a10467c01b54b39db8a3a372aed76.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fbade8da3e1e9cb8c392104f9525397.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/101ccd5226f2bab8203024f15cbacc0e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d985ef28561cd867db8d0279a9613330.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ff50179ea43815157e03ae06019901.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68785c075fb4925a31fa91a30646e2cf.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0448889609fca568cd47a7ff58092081.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213770b328f946e3c97e342fbecb127c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac9514883fdb91d5ed1f2e57f3048a9e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/badc21ecd78a6af27c4c6e8d520e248d.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05a27c0bab756769e37d6220d0d374ca.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf97cdc2303d9d6c86ab9ab99227410b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6419baaee497893498c3e92387a2c84.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f5bc5a2bdab18e191adbfc31ef8f4b1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cc5edac9a96b64e459962db940fa86f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/519d1ddd9ed55a75859a3fa888582975.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ff5d0a8333c55ef82170f050ed9033d.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4deea3f1382300d0d234deb38ac79517.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5eee6f1b8c2e72ed02cfedcd9ce2f6e.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c81b7328870b67f117b36b0965b2b1d.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81abee9ff7e61cfbd51080bb1c4bd7ef.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2509749e495aedf2ea0eebc09605d453.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f38f2587bacae7d74ea2f95c91c104fe.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f947fd323c63e824904322077367841.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04ef092117eb13495ad2d6ea7efae9a8.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa38790c9198db526e5edf75f5209fa6.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d323cf88218d32f2556abcb0ec448be8.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c468532ea9185e5ac619fce4cb71e58.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b71c50256689b540da2684a8d69d77c9.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d969fa7f1c0a91f5a9084e805e16bbc.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaa8e925250481e55ef29fbe3836b239.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9692cdf991391c2e395c9d0ebac695f.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b51b70708a988814ba95f55855338fdf.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a06e75e6bc56643aa71e2e92e9575665.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29005c0ae138058e03ebe3ac68d54dbb.webp"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1b74918f382be3309a4b104c69b7814.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81edd36a04e752165f3dc797dd4315f3.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e45afaedc3052e443c7641c360edb28.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ca2645ea850b3a652b92f7b1dd2ed7f.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/649c23cf24a46d468a2657969b8b1a2b.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2809ebd93a43746dc71b5811245f0136.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dba3af4749464c242d29fc50d238e9de.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3f078f1096a4ef5ffd7c0b9980fb53c.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b110fdc0bfad7eee965825bf057d7511.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/728d05cea11c46fa9f80539d58f47674.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/736ccd363ab29f2e832d61ec03e1a956.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cacb884ab3e165dcc9e32953a4a8862.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc23d7f04c7c7091bccb6c98a2a14ca.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b097df7550e022b565182191c22900dd.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9b2934bbf7181002ad6617dd02be77a.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d00ac475731099dde77e63a18273585.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a37ff052ad14aad159839dc40989d21.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30c25f8355f7d56ff8834d8c1499c13c.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c336b12a9f54e6f91fcd8a350ce4801.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9891057c0a3bebb192f5edba82faba3c.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26f3cd9c268befac7a01ec0646bb91a7.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec46b27f237091295de8411d675ce2ea.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2426215eba09469c1f0f767385a520d.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3367d49c1244fd2829cea5afd363a0e7.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44fdd26190484c5f14a687fe9b4bc01a.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e104125727f0a341e11ca7b996e6da91.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a8d45a25124de7d02c63245624a325.webp"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8189dd3a2d257965119ce721ee60944.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a73c73be4db0be1a9a6e4623f180802.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eea6c7f2fc5254fcdcef827447346c2.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68de475492adbf1c30d5ed9312cb7c6a.webp"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5edfaa95e105ef17b922cd419b732174.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a6ef88bfc638dada740d026f276a29.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be24948a4c1b259e4d6c9885cd004396.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a490357c92024babdc0bcdc85bdaa70e.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64fa4070d9c5d451f23343282187f6ca.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bbc24c237d0cbff3110c950eac37770.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c16b9c64368e587d46fdb57d8cf30f9d.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6024b85ff5c3b37c147f42db78f7849.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8c18db0effb97f98f13ed84aef6a222.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1987d430822ec9ab44c784aaa647881.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73ed81bc53e2e92000c6125eb0af2532.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8e9da1844eaa572032294d7279bf231.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cb0bc7176d86ad9236051fecb803535.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e117c22fc338dcb0f47023e4fec01f4a.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680069f58e284910c53f62184d91d68c.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/349ebc52c0d85f2b7f2b7fedac99ee0a.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61d416cf9286f7f539eb9f2f3538afd5.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f363668bff219f1c6fe175ae59f6f92.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2689a272965a334465b386ccccbff99c.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5ed77a7f7da97325323ff21876c46a9.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3809d0e243736aafe7ec79eb16cd9bac.png"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f2541cde577a69126f64477aaeea87c.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73df8acfa2a3022e3c38fdb9b4fff424.png"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b35a5462c0c02c87b75af0f2dda3c29.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4b81731ea5c6706bc5f7c0e8b8013a6.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ef96aed586b7882ae44ac90d9160394.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a330f63b2c3471f20766da667d7d17c.png"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e6e611044536c62fff3f1c5b42c5b95.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa83d9f54a4990d85126dace7f01141d.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73c22f511a03564e05da979f8d00fa1e.png"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2394425b74b731fa4d5d0096e261d8b3.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e931f84d38a5016b4d00f0871bca40f4.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8c0f8617da1d83229fd7f2f2166d75b.png"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78532d2822be035305d1f8d7ec6ffd99.png"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41263c04bb3982ede73d3931429f3833.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b51abcab8379c38e357d6cf7df616eca.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89ca65a2ba93b0c8a995119c3935d5c9.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ce00c7d926d2a86de87715132e1e84c.png"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/681576d0c1eb84d2a5281a3239e8e9d3.png"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a273e7280d49448916a66805f2240242.png"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d08a7260e78e74700fa02037402cf1d2.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bab901312b7494999446860f92490bd.png"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76fe373c9f2dc1e3feced8d7be6522b3.png"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/636ebf0b69bca421657615a3d94f59a1.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95ae8a46a9f1ced873546b74ec002ca0.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d83591db103274e94b3e132b1a90dea9.png"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f91f3f707e5b9549d50e1d0f96f63aff.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78bb9b13e18687be9d6c74f2b1b94ea5.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564cfd54d98db770e7ad9b226c733cad.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f12beac96ba144134b790b46131ca0f.webp"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7bf6a70413eb93f62e1a0a987270311.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d45b7bcc745a14e81c9f1d1b33d4d41.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc570a7c066dd2f5b70ce96b2755465.png"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60e5fd0296454a788b14f3d7799a5e5b.png"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd5868e717849013ba62002549cba8f3.png"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/322455c41d637e90bd7a36e6d196d340.png"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff29090fa23cde9fdc0ce9d4672ef9b9.png"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e72d3dbbb664cd121814cbf10d8009c.png"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fe27ffe0af1a1db4b855873f6cbaea6.png"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578c9207ed74b8a5c09f0480a9f7ad89.png"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04f8a6e24045557b46fc4da45420afbe.png"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1724254e93abbf0d537ddbf4dcbaa64.png"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b3adac7db25df2e938abd8d5f06d474.png"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3ceee0f81e0f5efce64d0b38aed7758.png"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fc21bf15823b3043beb012f9fe207ad.png"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca4883a94a26d8b90c9e81049132f475.png"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feb7d73e28ac8f37826bf1569a194823.webp"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae2e6f9639ecd9b9c94e20f5d0d599bc.webp"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7ba84fd66b6177c53e916d91f2313c8.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d5b39e33391f61344f09fdcdf8d248f.png"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60e2584b239689deffcf0d7a7d73c44f.png"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98afb7ff6a0b0b455f58a9d2d4950d6f.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9a8f1dd405c81cb9ae95abfbcc4f1ef.png"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44b8515e158439cec124d90b811ee5b0.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dcc7619507ab4a3d85de07d75af7faa.png"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/172157d04d023d60be88e6823770b89c.png"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/293f29c409f448decdcca7283fb9cbe1.png"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acff87a6a528061a744fb52059a915a7.png"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7980ab8723d96db89e39bae91af1950b.png"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cb28770ba889ceca25d9168c36cd69b.png"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed47f3717e40604f083d4af3a28fd405.png"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0d90563d55ef37c2868d54f89ddd17.png"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/212142b8c78659e6fdc50c64cb814ae0.png"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e79985e496489e7c607e78d528189d91.webp"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bbbc955b0f00a0379a74d7207eb85f6.webp"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e00c05789bed8e001177c6922b5a216.webp"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27ae1fdff91c8687eeac365d3e8761dd.webp"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80d2c0379c2ec0be3830163f54d40e74.webp"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a65f1c6787e09a97f9ac19c8758e3bb.png"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dca4bbfd9ac6b85fa771730fca43fa3f.webp"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/403725bc1c05d661f32aa65bdb9a8f62.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca387ecb5dfda1d0e88d8a05b8e7f905.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b65e428fc6dfaf7850de0763c65599fd.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644face3ad4b9e42e44149bd009ff184.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/512067343d3f51f490ef94bee3aa0618.png"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76da9e77d8fe2680e70f1b422616f3d4.png"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2299f0a4c1d17698f74b74f7db61c4c7.png"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fb6eb4ea73e468a333c424834000761.png"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbdb8101f73f66ef8c76d375ebf61532.png"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20970ec42bbb666fdfab96311af9233d.png"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018efceaf1931ca9d8c9642fcfa0c1f7.png"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c85221e23432d039abb1ebbc8a94459e.png"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e62a83955db6993243a449ea300356b9.png"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db47cf5bffc1860105314e61da63c07f.png"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a28c6c480d4754583fa508d9405637a.png"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3599c4db8d51718a043fb0064e7d6c3b.png"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f66a1831b3865a6ff8862707498c4b27.png"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c34d24477e867c5dc56b863ed286724.png"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb7d13d05bbcd6a1778b056726a51146.png"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad036b0b8885c7e529b2793d5ff7f7c0.png"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2aa2d3483800b9c37d1688e30bccb83.png"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1cd4a749234344e8c310d3b7fd22e0c.png"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc39a9ce5ab595749d37d21e067529f0.png"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd731a21f7739eda3e457449b365820.png"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/556938e64c65ac493a44d30e0734cef6.png"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863729c225d845710a0bb7a9fb017633.webp"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b5c217df9a7bd6eded7195880c1dbb9.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9227abb7bafc4ab9a58def02968182bb.webp"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22f10113485de67b672912c4568c880f.png"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4f31daf08ff4141a9d9334a5bda1ca2.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d17a9dd172a093c714803ff811d7c23b.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfcd49159ec947f3067884da43c28f4c.webp"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb259f114626f17adcac95ce44ee20c8.webp"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bca7e1a0f5ad1abf4a8403e5e4f5a20.webp"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416686ae9dfc09403a44ac29b806f7a4.webp"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edf38e606a1bc4ad793bb68663324417.webp"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3832926ebd7ca1a0b6267b7be68cf6ca.webp"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c63b0d7da76361a43a6d7a857fcb995.png"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c8bfa8e5295213bf415e9d5902d5f36.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/397830820d7e877e11915ebc2e780292.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27601310ba7b27f4cddd1e61a0cace26.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44036d323e4aa31a73d4a52a36b481f5.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb1611836eb5e4d7e3abb1cf7d6b4d04.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c547fff1ee1860a9ab97ef84d5ee03cb.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca1f62d414fcde20849059cf25a89ce8.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7290e9f7e479df7041fa020a7b8b7385.webp"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b6ba3d6d4bd0fdda17a48f052213c6d.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83a628ad3494bba14092ab078102b3b.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/642e45f9a1ad45a97d8efe4be0f2d9fb.webp"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aec86d61eee285260dc4d8b15815c712.webp"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b4e223d631aea0f8531a5bdedb03726.png"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad83f96de65ee30042748dad8beef647.webp"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38871c9179f60a96941746948768df31.png"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30d6b7a8b167ae09c0d2a317a49a509c.webp"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a43b6b4cec5f70d5f27e826036d40d.webp"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fe3d027910cae487cdadedb5167538b.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d3c38be2bba4be3954077563227c2ae.png"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f18fe312eb22c2543f61526e5c51bba7.webp"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8525f3da2ee3a78aa2570efa536e4ccc.webp"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39f74692c26a1975d2e216bd21d4dfd2.webp"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b6cc7cfdf998ebd7f8a0e5f1b21a93.webp"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4246787f79280406692b381e0d22a62.webp"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a59434f1a2b1c777beb78aa302957d44.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51079391605b08955990d1fd0aba8e84.webp"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f62499ebf0ab275d9cc6537dd8a8e3f6.webp"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12b0a8e34f8b40cdc04605d100fd721d.webp"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a52c369919da7ce47fc7dc73bba7470.png"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea317f5a723720cf7bd494d3d71ce7b0.webp"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acd8457328297921c1d72f4db5a00dfc.webp"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e86443ccfb073b4739cee872f04f553b.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78435b514f5db2b603af9e3af861de19.webp"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93747b2640e46c7c0b871eb142be401f.webp"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2859bd906158e2e5378a05f437946f21.webp"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2859bd906158e2e5378a05f437946f21.webp"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d126276e605ea142b417ef75a9355e23.png"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9081904377e80637afc654ee8a2f1c39.png"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff39dcea07158fd64d1d0d5b92acd80f.webp"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/243b9be5ff442c874fa95c795ab4291e.png"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c909353474da4b7de6f772fcb82e95d.png"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5abcda97d7ab7d3c325d41bb2af1df4c.png"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef1df234c789df38c23159ddb039776b.png"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ca0c8f0a0d3d3d5ccd1f1f6c8b8205b.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d8664f5954b0362aab8ae5597ce98db.png"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8dd62c5cad8fe11e5f5a2c665b16e65.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abdd547b624b225ba501f52c2f5f934c.png"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/929a602e57f9020ccaa0fd9e2a0f932d.png"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c594ab32ed99e669a14aff3a644d117e.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1da0c57285e3b2ccae447c4379ea8fd8.png"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b85f539a6448362643bf2e246f722f3.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/595441a60e1c9111825dc71e793974b8.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e514429644c3046d7e6e1638e750cf60.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19ac7d29bdee0ed3be67b7466c311b92.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd8324c23155cc84ff043bf1218ea48a.png"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c53a522b904b4da723f7dc718563543a.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9256c9f4a57432fb50d8b9f75212f5c.png"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f15e19348bbe161a78ce7e39cd637b4.png"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd060c82f8646eb897a038f3db2a0fb4.png"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7813bfcfa4ecf0dda7203fabf6ae6fa.png"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63274c41c39bb0582e3bc19b8bccd7da.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a83448a201756566151bdef6185b476.png"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a2d3bee43c2451239205897e44fb20.png"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4f928e2450d71e4dd5092be6e6a490e.png"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db54b8e193fa840c153bbd2c42ad3233.png"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/547066c1474a490c4c7c1c32827b8f7b.png"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb3125bb73d11e4fc8fa06c317b9feb.png"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb5334fc8878574154f14edb9dd7354.png"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05a20c9049328f499a667981e47f996f.png"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68f348a86d88e1bfcaf04bfd38bee41e.png"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3345bbac6369ff96ba95e3def17206a1.png"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2ccbe4864960a7860fd1966faf96456.png"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d5ccbb1c049551beb38a2ae833e8bf2.png"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32c372642b08307301b035e48c0beaa3.png"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95e8c06df8dc72564bea1c83a9e699ae.png"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd44c83e54ea9aa81e3be74ec2a3efba.png"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf5dd10fce5579261fd28e13d7ce3f3c.png"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83f3c63aaf3c80ba23387f1e96fd779f.png"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53d30fe3b458bd60c8fe94ee677c5c13.png"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb0a92dc74651f1fe01b8fbd27c30fb1.png"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c5300d3150cb4dcb2a4315deeecae7e.png"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be7ee6d59b393c0ac3ca18559ada2f7c.png"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61cd000e9284188622aef7a9cca3df7d.png"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52ea57368c573d909a71757c5f62c562.png"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123b5d0dacc16c5abc4d65524cc3f120.png"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf8fbb6fbb777f131cf6add5be12c982.png"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92878b552fd1548e931a1c8a65fb491d.png"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3890907b800b55e0a7434da31ef36ed.png"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24448b99f1c7b6929dc559870fbd85d7.png"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79279cb9aaeb4b3a3a2af75f33e2df90.png"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c723d7aa743f59311b28aa7e7626099.png"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/171fd7db9b9ff21656b4a0491b45e0c0.png"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd315e39a9b0396e85ebfc785eead689.png"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f67ca1e7ab3a7b49825446ce4ca9792.png"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/701d7c675dd614b0b9da519ee747c3b7.png"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e11f36726bd5972287aca69fdbe7dfc.png"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6c3c4a5bc41b4b32399b9a2138a6860.png"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/065403aa97ff58222ed8fd5d118a1e73.webp"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e339e370e9b588a3d2505ae3c52e0577.webp"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75897f325b2013970f2d6e31de1e2a98.png"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2ad07d14d197b381ce75d1b0ce6c444.png"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74f7b8936b92b9c3b36d69083b7ac86a.png"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba811379efe28e37c70ffefe0f42ba68.png"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c6973fb9c3556ea2d6eccc5da557b9.png"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/267d360aba797de319edc5866aa1d236.png"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51eb8c772b23e4789414af12c3ba95eb.png"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ede17810a7426f80f4438b828e2b103.png"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/036cb582abde0d95f993ab8758ec3166.png"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2fb80e77cafffe38cb0f3f1a9673a90.png"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/351cc1d3e8762d1d5f4b1e81a2e25af0.png"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5b1a99847adda2796893b06da0135a7.png"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852da61a72deef7ce39c8f0ee140ae01.png"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ab67caba2f672dc49e0cec284957dbd.png"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56dfa532fca7c4ec47ea3ff85ec56745.png"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5369c08f453822a67925e239e4af0c65.png"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a8e5e9f4c137bc068acb9d8952fcfa3.png"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ee67a85490a1e2c977d12f66212ed08.png"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e12a01fa1ef1f6d9017211c9c8b6e86.png"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d593969602b525d31254e3232fe72710.png"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/634dc3109a01e4abc623ef71c0de962d.jpg"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43249f0dfd65192143f86c239b45936b.png"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1b8e8c9965ede18b527e3423b16feef.png"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c9c30ed08ad6ef92f518b6dc43498cc.png"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d1897c82a708cf098fc0661eb858f1a.png"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6da94c13c7d28857f05f192f8984349.webp"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7040e0d03a0f9e36bcdf305b38c51e2.webp"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/465c3c4b1efd7aa62d9f0781add8504b.png"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3418a9dd601f3f5cf81a25904e7d575a.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34683c32dd63cc609cbd9d8c9b348e35.png"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/216d8292910651d25bcda41dca9ee263.webp"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f228f3781c7ddc0d1257f4414d99499.webp"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220ca5c6d4f837d0748e705bb9648f7f.webp"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbdab1b2fffbb9b9602a356cd048b09c.webp"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06f2375ec6c1d023011cce6dfa702d1f.png"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0be929bd60c6c9e386c7c2c34a0031c7.webp"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bfddd9f5288436e3f353b18e92d7816.png"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9edcf63436221f167e8dc9dc473b0575.png"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1792923140e8a99bd7e07306f367b3bb.png"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/493ff67ffc07956e1376c9b4c3e6480f.png"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3833579842fe55808d43e43d32f57f5.jpg"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e7c70e3f22d9f78c4228e6b2c28f93c.png"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24802468e6882330def68f9a8df05e84.png"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a118ae90cf70d6019185ff1c7c4e0354.png"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8255eec315a75c5056d76c52109e56cf.png"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21a0049e5b93e5a470ac6c2ab089e1b9.png"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c67b3a253942e06c4184b9c42b7851e5.png"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded153067f8b17d7f76dcbd78a1e95a2.png"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af1190e4705ffa7ff3cdf68d4cea27b1.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5c8465945d2a22408769ba1560d1c1c.png"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b9e34ef3bff919e74eff36b0b4b1a97.png"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13060afa073c8d4b0e00f372c73cc871.png"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2769df927048494f5d90e529d1eea49b.png"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64457269dfc0949c2bae9abc35229171.png"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dc8823e2b841d2ba31c5e653c35958f.png"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/353fa89c597027e45828b128fd4ae849.webp"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91a3d303baf7e3a297991b7868cb692f.png"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6462471f0314e38162dcb3afbf7e1cb1.png"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1959005513f6591d0acd93a10e2ed5f7.png"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07b420cc14c73b28d42ab375d16707b3.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff94abcc5b80cd0129773ad19a8f451c.png"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d46fc6e98852135377e82a13626d887.png"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3dbd73d62d4c16246309defa7ee3288.png"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e6bf11c1630a55dd94cd57bbcb9b15.png"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbdce0d1f00882c7ba48cc5293b945b7.png"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/308d7ea48ca68fbf24f1681d050ed188.png"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8b0145c22594e47a149ab990eae2e68.webp"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a28557417f930019f75d8c6dcdc99dbc.png"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4328402140da0f85a0ac354f4067671e.png"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ae294275c469953d7f224f45e3a4ebc.webp"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fa704103aa652f68052dcf05437eafb.png"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/287b867a060c341830a272d44943dde5.png"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e14357ff71ffebe4b8d041b41c58823.webp"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ce45c7b12217e547fd70ef0c69b2ea5.webp"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c469c6cfb273a534a2da4e1858a503f.webp"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaaa6bc5982234e612f566409fb6754e.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9396a26d29347442994f72a9271230e0.webp"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1360fc43f73eaaf8f86649b3e93d6d58.png"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233b17e6b84adc9f8fad672e5cbcdb70.png"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcd0e95726b3331021141e573b029cd8.png"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c89d947abc6b4bb9611561fbf3f5edb3.webp"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5772d6bafb0d0daf4c2b50f827507cf7.png"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73ba5efe04df4ef05f597d567b703040.png"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d29154a4e145fb3fd52cb16814abb3a.png"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e2041c1dfb2edef021e727cc8a2b0ba.png"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8cf866b8a7c12621797eabd7e2fcca6.png"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5140c43a308adf8f991fc4d09956eaaa.png"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7df07dc1439177c527f98d495573932.webp"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41a7271ca9628a68921e04ed4843a060.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f647b370d9624545342008c96539840c.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74c3ee3090c9675fd867f2b38354bd96.webp"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c038b2b0e9bf737515214f858288abd4.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f41b04ad5be29790ccbd7a9422f25129.webp"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54b00acf37c826e793a3337356bec76d.webp"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97310c32023e70b7271a56e6dbd46bd8.png"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60b4522a202cc17e3ad353d444455d55.webp"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d62843aad0f82681fb926fa53b7defa.webp"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582597e036cef4c2d225bf5a042b1c49.png"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ce1ba5e7c54bf39a4b98688a08c945d.png"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d032163547d9fc92be2013994aac87c.png"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b067fe2a76831c54890365aecaa752f5.webp"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a78ad1a8f2353d84f1fa307629a1532d.png"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b607751f8e1fd15fd93519691e22a1c3.png"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b977b6feed46e5cfe5df19cdba538a37.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b63841718d333d038342a09b298dd9b.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/056b65ffd9e7821c0fc1e5c5e10c44e3.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a5a6101683bc6409c683b00f825bfdd.png"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f3d248c2a4b451a224e0de3f4d6c473.png"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85488bb4cba3b466e63dccf60b6f9edf.png"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6f1db9d19dbc55370dab30cb481a443.webp"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1adcf08e8e04f344c2567a64b475003c.png"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/724409b0d02f4dc3e6d381018e042143.png"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c7ea7f0e3e8711780a893dfc95c47f4.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09d1209f7381d19a86f6e13875bec36e.png"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bc9a0cfeb788bdcc4515a9945615515.png"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63a7487fdd5a7963036f69830d02be98.png"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7020907a11d8cc7cea2cc6fcc09a8240.png"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f06d680ccd070c54b4c61b4f045f04.webp"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b36ddd036b8c42c5487dda786bf967a.webp"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6df92c7beeb3a9d1797af92c039918ff.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da3515f8e2f19cf95f406ecb7699dd33.webp"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66cfe728753f241194102f1074d91633.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de329e004c710359538a352fa6742ae.webp"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d72d97f3f066dda259609322a84b0352.webp"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32af2fd98791663f650044b48215149f.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d42b7467be11be521c98009522b4de5.webp"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94fd03dbbd3fdb42af9d17c63777512f.png"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09eed64c2f907cb9192983e24148fcca.webp"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93dc86ebfe335c15a444150862032ecd.webp"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11c0ba8be9f44858f1445186450614ee.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b59ee53d6b6800f4805698eaddad76ef.webp"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2939d2acf5eb04ddb110f6a25a312f2b.webp"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31281911a6e0a34b8fb1b08034217249.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6fcfe7ceedc34c5fd7d739b40dfb4da.jpeg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f90ed79147548d71f60aebc7c8c6944f.png"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e91e9a8e35c2878ffca350a148a90561.webp"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85f47378f45d4b0d3431769f48c80c60.jpeg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5f1338ec0f782558a79c2ea46851435.webp"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2ab8eeac6bf9ba23297561b8b71ccff.webp"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c051d8918406eeb36e48df6c50f6845.webp"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e40733173088503a5b1b00fb7c61c5ac.webp"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3469c1cf7b743dbbbf468673ebb424df.webp"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb8f73d19a53cac5b77d5cf464e77ea9.webp"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0e093994039b8ce186d280701a8436a.png"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2264d717a7d29dda8f2b6d5104892bc.png"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fcc504049cc1b5bb1d8cd771a1ab4b2.webp"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce86f5b4c94367f3d0ccc0811f41c9ca.webp"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b299a7282c220cf5c9ad8051b063878a.webp"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84cdbe0987bad61c7ba4db225fceae52.webp"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60afee6e1fc5c78529d13bc1bd2cb713.webp"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/117b2e1c1ed87b70897674b7d73c116a.webp"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270c718e9393c1d0e90a85ad511b972e.webp"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e205d8586e05d8dda1575394fd338d7e.webp"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3cbf75840f5ad372eec98d6a90a2854.png"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aac8ec609d61283920251ae2ac1081d9.png"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caacd7165305dc87866f982c24afc342.webp"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cffc506881bc71b13e5a27d9bf583e9.png"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2eb41845dc3847c0eb9ae24f9064f4a.webp"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c72a04e69c104d7435925e9ae2aad9e.png"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/761a4eaf2fe6c85669b6e28431b348e3.webp"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f5b9161a486d0d9bb59d1be49eebf31.png"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2358671dbf63e1ea77bb3269158db7c8.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2587ea7437e7b4a2701af9c3ebd5793.png"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d368960ae35d770af1f845651fd4f88.png"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf494edb5873cebf444ecbcfea0280e.png"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbd3babadeb2c84194063a88900ece6e.png"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43fe7020eff35d2b52707f8dfb0ef110.png"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/972a4ea1702a371dd30db7348cff0c1f.png"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/972a4ea1702a371dd30db7348cff0c1f.png"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/972a4ea1702a371dd30db7348cff0c1f.png"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b29adda0e8e1ead1b411730e9a687ec7.png"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd69f2fdec6856d5e4437e60ed465b6f.png"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa4bc623525bb207c4c32aacec83478d.png"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9b65b94f451079d664cc29174202b05.png"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdfb8ec329535aa8f0b8c5febbbe653b.png"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2398b7025f0862a6a03f5bfc58894b0a.jpg"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30df45c8835ed58a82384fc29f8e7b4a.jpg"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9659c4723150998077a92fdb1660127a.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4aa41b1af9ac8fa1fdffc1835ff1aee.png"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53e0c875f755aea7d534eca4b1d464df.png"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04a95945a1685a8ac5df8f50a7fc74a5.jpg"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a7c5767b53fdabbf570c37d6b2ee5cf.png"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/878087f63502f976d0a5b5158d47bcad.png"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99e8b2e4f3210701e07f50b4f39015d3.png"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e81736eb66dd84c6961a3e17dfdd545b.jpg"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f12526420cc98bcd98eaf87e4d7c96c.png"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d24a2f20d33f29afa7afdf4bcbce2b0e.png"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e57f1a935fc3ce41a79c816f1269522b.png"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca6b1320c20ee1e06fda007b6e108dd7.jpg"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/277abfea7775ca1b3d24186e2bcf4077.png"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64142f2918c6436c42afc37a293171f3.png"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30b38468fdbb85f8141540590bf47981.png"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/383f83840f5cecb3af135ff8dd395fd7.jpg"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/318ae8664ead1c0925f76caae4a95bf1.jpg"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc36b99f3b0d3af85cc3d99a22b1cdb1.jpg"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d820a69e50de5ee5cf6e80ff5cb8d3b5.jpg"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e26de16f784802bff104e9d5f8e51af5.jpg"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29520f6e8e49171df1c3a81056a990fc.jpg"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85c213701ef74fdb626bb1efb0b8f802.jpg"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9e523371499dcc73e52b195579b969d.jpg"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dce271ddbc060ae49a3a202f936e2ad.png"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9c7f4bc329399d48e3d7063e64789dc.jpg"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf502002dc63aea17ec9fb47d942ded8.jpg"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6dede7595c8a4fe8ca95e57d290d902.png"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81037baee870ea2f382da36b29b9eda3.png"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/305c182a19062716f393e1992aed3045.jpg"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a160d94a6646fe2c27ffeb5f6c37f3db.jpg"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2771e32f443621c33cb0c02ce69f8a5a.jpg"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15dd128414927508b64bfebeb9aae6f3.jpg"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111ecbeb723f64c618def3f7f425b763.jpg"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246ea439b4cdcba8175d257bddd544e6.jpg"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f2130a87f269047ef7cf02f9c52d3b5.png"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8077fc081e465203cf77f6da45b1832b.png"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a20e64eccc44de0bfff918bda332d54d.png"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/406db9f6ac1e73a8c4d21aa3221dd4e7.png"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7266c0a8ff75959bef2ea4268ccc8c02.jpg"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03adb5ae828615e55715bb0de7c07e40.jpg"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fa50a43d311e3ff311c027a15c98837.jpg"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c63240747c27bd4337208db0edfde811.jpg"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dd8991229518e7adfd84d915d47b2dc.jpg"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86f662864db5950d4add66cce7c35403.jpg"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f30a9d0555d5eda9a66707e2be0439c.jpg"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ead3cbe232ba21db55b897dc6eb317b.jpg"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7dcfe9b510f2f7a267995965ef7eaf9.jpg"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4c919f1a59241c3317bac4b51eac75c.jpg"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1bd271d7a17171fd9cd83c51f16ce9f.jpg"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9514663c1350ced58160f6ceb67f17a5.jpg"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80e67896fa4f443da3aa46d7bff0e6b3.png"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/858bb4ebb8ffcd380fe84cec656e002c.png"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82dc3032d8dd1953b88757d93018b115.jpg"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f2e0e72ae8e9e7573ea1a936b97576f.jpg"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e561d00005848ee1f6119ef6e7ebc7b.png"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3164833b2a6ad25a7b3766cbcaf2ada7.jpg"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e19dea5cea9dfbb14734f94fda3c4363.jpg"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6636ed74d253c59672b5d66d1ff2400.jpg"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f34740df39b1f65e70f71e1b7da6d237.jpg"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16054232ae7c253edfd0aba743508d36.jpg"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c124530f13aa93989bcb8de3e24f5b80.jpg"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa77ee024d3f29d49d5450978cc4b7f3.jpg"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdeb63b2069840163972d42f038e9eb7.jpg"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de63f710f3162b14f9fa20deeeed62be.jpg"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d857f95c6bb5f32e4835e6b0731e00ad.png"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f04580ec80c9b071ae7337853c40ac4.png"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c252d6c8b66c027cb15e5f394263113.png"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94b86020c111e64ec888e65304da4184.jpg"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73b48cf87759f034528adf042ba951cd.png"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85d08d8621912f5161994bee56dcbc31.jpg"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d10af115e22e65027fc9315731e64e44.png"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9651363c77f30c7a7f2a7f2bb33afdb.png"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67ae02f2776ca15b84118cfaf36f76d9.png"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47ea0ce0c75906852520bd367b6720e3.jpg"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deac7f56503e1027c2a067c4d22c7365.jpg"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12a2aa9759e3a9f7bc665276f13a16e0.jpg"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36e5e393f812178cf4ed192920d0f083.png"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffc3014b4a7ce061107abcc569d7c85b.png"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c5c730d56bf1f9a2a31081359699e17.png"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbe51ace636eb7faa464bcafefdd2309.jpg"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de2426162252772498c97d7872a510a.jpg"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e42d11a21cd52ef55421a952ce77e50.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ec8df84b3f8b51d66eeb486674.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4856aae66238f0c3fd5eeb5b3fd2c171.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd9a10467c01b54b39db8a3a372aed76.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/101ccd5226f2bab8203024f15cbacc0e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d985ef28561cd867db8d0279a9613330.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ff50179ea43815157e03ae06019901.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68785c075fb4925a31fa91a30646e2cf.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0448889609fca568cd47a7ff58092081.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/213770b328f946e3c97e342fbecb127c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2509749e495aedf2ea0eebc09605d453.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaa8e925250481e55ef29fbe3836b239.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9692cdf991391c2e395c9d0ebac695f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b51b70708a988814ba95f55855338fdf.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a06e75e6bc56643aa71e2e92e9575665.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29005c0ae138058e03ebe3ac68d54dbb.webp"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1b74918f382be3309a4b104c69b7814.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81edd36a04e752165f3dc797dd4315f3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e45afaedc3052e443c7641c360edb28.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/649c23cf24a46d468a2657969b8b1a2b.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2809ebd93a43746dc71b5811245f0136.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3f078f1096a4ef5ffd7c0b9980fb53c.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/736ccd363ab29f2e832d61ec03e1a956.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cacb884ab3e165dcc9e32953a4a8862.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30c25f8355f7d56ff8834d8c1499c13c.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a8d45a25124de7d02c63245624a325.webp"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8189dd3a2d257965119ce721ee60944.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a73c73be4db0be1a9a6e4623f180802.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64fa4070d9c5d451f23343282187f6ca.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bbc24c237d0cbff3110c950eac37770.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c16b9c64368e587d46fdb57d8cf30f9d.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6024b85ff5c3b37c147f42db78f7849.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8c18db0effb97f98f13ed84aef6a222.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1987d430822ec9ab44c784aaa647881.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680069f58e284910c53f62184d91d68c.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/349ebc52c0d85f2b7f2b7fedac99ee0a.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a330f63b2c3471f20766da667d7d17c.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78532d2822be035305d1f8d7ec6ffd99.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89ca65a2ba93b0c8a995119c3935d5c9.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a273e7280d49448916a66805f2240242.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d83591db103274e94b3e132b1a90dea9.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f91f3f707e5b9549d50e1d0f96f63aff.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78bb9b13e18687be9d6c74f2b1b94ea5.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7bf6a70413eb93f62e1a0a987270311.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60e5fd0296454a788b14f3d7799a5e5b.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3ceee0f81e0f5efce64d0b38aed7758.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/293f29c409f448decdcca7283fb9cbe1.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b47de63b64b12f934ce41b519707be3.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acff87a6a528061a744fb52059a915a7.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7980ab8723d96db89e39bae91af1950b.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0d90563d55ef37c2868d54f89ddd17.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/212142b8c78659e6fdc50c64cb814ae0.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e79985e496489e7c607e78d528189d91.webp"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bbbc955b0f00a0379a74d7207eb85f6.webp"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e00c05789bed8e001177c6922b5a216.webp"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27ae1fdff91c8687eeac365d3e8761dd.webp"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80d2c0379c2ec0be3830163f54d40e74.webp"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a65f1c6787e09a97f9ac19c8758e3bb.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dca4bbfd9ac6b85fa771730fca43fa3f.webp"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2299f0a4c1d17698f74b74f7db61c4c7.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20970ec42bbb666fdfab96311af9233d.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a28c6c480d4754583fa508d9405637a.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3599c4db8d51718a043fb0064e7d6c3b.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c909353474da4b7de6f772fcb82e95d.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5abcda97d7ab7d3c325d41bb2af1df4c.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef1df234c789df38c23159ddb039776b.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd8324c23155cc84ff043bf1218ea48a.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9256c9f4a57432fb50d8b9f75212f5c.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68f348a86d88e1bfcaf04bfd38bee41e.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83f3c63aaf3c80ba23387f1e96fd779f.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb0a92dc74651f1fe01b8fbd27c30fb1.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c5300d3150cb4dcb2a4315deeecae7e.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3890907b800b55e0a7434da31ef36ed.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79279cb9aaeb4b3a3a2af75f33e2df90.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c723d7aa743f59311b28aa7e7626099.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/171fd7db9b9ff21656b4a0491b45e0c0.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/701d7c675dd614b0b9da519ee747c3b7.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e11f36726bd5972287aca69fdbe7dfc.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75897f325b2013970f2d6e31de1e2a98.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56dfa532fca7c4ec47ea3ff85ec56745.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e12a01fa1ef1f6d9017211c9c8b6e86.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9edcf63436221f167e8dc9dc473b0575.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1792923140e8a99bd7e07306f367b3bb.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e7c70e3f22d9f78c4228e6b2c28f93c.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c67b3a253942e06c4184b9c42b7851e5.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded153067f8b17d7f76dcbd78a1e95a2.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/308d7ea48ca68fbf24f1681d050ed188.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dd8991229518e7adfd84d915d47b2dc.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7dcfe9b510f2f7a267995965ef7eaf9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1619250" cy="314325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Logo" descr="Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>6</xdr:row>
-[...2 lines deleted...]
-    <xdr:ext cx="952500" cy="962025"/>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <xdr:cNvPr id="4" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="4" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <xdr:cNvPr id="5" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <xdr:cNvPr id="6" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <xdr:cNvPr id="7" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <xdr:cNvPr id="8" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <xdr:cNvPr id="9" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <xdr:cNvPr id="10" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <xdr:cNvPr id="11" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <xdr:cNvPr id="12" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <xdr:cNvPr id="13" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="952500"/>
-[...8 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+    <xdr:ext cx="952500" cy="1266825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <xdr:cNvPr id="15" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <xdr:cNvPr id="16" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <xdr:cNvPr id="17" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <xdr:cNvPr id="18" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <xdr:cNvPr id="19" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <xdr:cNvPr id="20" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <xdr:cNvPr id="21" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="952500"/>
-[...8 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+    <xdr:ext cx="952500" cy="1266825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <xdr:cNvPr id="23" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <xdr:cNvPr id="24" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <xdr:cNvPr id="25" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <xdr:cNvPr id="26" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <xdr:cNvPr id="27" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <xdr:cNvPr id="28" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <xdr:cNvPr id="29" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <xdr:cNvPr id="30" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="Tovar" descr="Tovar"/>
-[...5 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <xdr:cNvPr id="31" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>38</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="Tovar" descr="Tovar"/>
-[...28 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:ext cx="952500" cy="971550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>41</xdr:row>
+      <xdr:row>42</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>43</xdr:row>
+      <xdr:row>44</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="876300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="933450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1009650"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="971550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="933450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="1266825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="Tovar" descr="Tovar"/>
-[...353 lines deleted...]
-      <xdr:row>56</xdr:row>
+        <xdr:cNvPr id="55" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="1266825"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="Tovar" descr="Tovar"/>
-[...238 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="57" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="58" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>66</xdr:row>
-[...2 lines deleted...]
-    <xdr:ext cx="952500" cy="1266825"/>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="971550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>67</xdr:row>
-[...2 lines deleted...]
-    <xdr:ext cx="952500" cy="952500"/>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1104900"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>68</xdr:row>
-[...2 lines deleted...]
-    <xdr:ext cx="952500" cy="952500"/>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1219200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>69</xdr:row>
-[...2 lines deleted...]
-    <xdr:ext cx="952500" cy="952500"/>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1219200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>70</xdr:row>
-[...2 lines deleted...]
-    <xdr:ext cx="952500" cy="1285875"/>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="63" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="64" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>73</xdr:row>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="67" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>75</xdr:row>
-[...2 lines deleted...]
-    <xdr:ext cx="952500" cy="1266825"/>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="68" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>78</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="69" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>77</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="70" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>78</xdr:row>
-[...2 lines deleted...]
-    <xdr:ext cx="952500" cy="1285875"/>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="71" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="72" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>80</xdr:row>
-[...2 lines deleted...]
-    <xdr:ext cx="952500" cy="971550"/>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="73" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>81</xdr:row>
+      <xdr:row>83</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="74" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>82</xdr:row>
+      <xdr:row>84</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="75" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>83</xdr:row>
+      <xdr:row>85</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="76" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>84</xdr:row>
+      <xdr:row>86</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="77" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>85</xdr:row>
+      <xdr:row>87</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>87</xdr:row>
-[...2 lines deleted...]
-    <xdr:ext cx="952500" cy="971550"/>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="79" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>88</xdr:row>
+      <xdr:row>89</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="80" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -7619,14103 +3442,93 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="86" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>96</xdr:row>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="87" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
-      <xdr:row>97</xdr:row>
-[...2 lines deleted...]
-    <xdr:ext cx="952500" cy="942975"/>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="88" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
-        <a:stretch>
-[...14008 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId555"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -21974,71 +3787,71 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143356/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97543/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97544/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97818/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/98910/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105548/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105553/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105556/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105841/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106492/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106533/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109412/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109413/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110259/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110260/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110261/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110262/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110263/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110264/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110265/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110266/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110267/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110268/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110269/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110270/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110271/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110272/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110273/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110274/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110275/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110279/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110292/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/112667/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/112671/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113173/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113182/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113183/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113184/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113185/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113204/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113205/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113222/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113242/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113272/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113289/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113291/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113293/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113294/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113319/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113329/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113330/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113331/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113332/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113333/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113334/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113335/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113336/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113337/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113338/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113339/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113340/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113341/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113352/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113410/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113411/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113412/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113413/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113414/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113415/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113416/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113417/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113418/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113437/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113438/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113442/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113443/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113446/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/86417/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/86444/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/55131/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/55160/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/55650/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/56236/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/56995/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/57025/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/57716/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/59402/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/61774/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/62126/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/62190/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/62216/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/62956/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/63767/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/64084/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/64704/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92020/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92051/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92094/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92130/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92131/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92187/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92211/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92229/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92421/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92506/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92952/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93035/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93052/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93113/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93115/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93203/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93210/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93453/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93592/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93722/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93963/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93964/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94126/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94267/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94278/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94323/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94410/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94490/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94503/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106925/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106926/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107051/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107087/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107690/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107691/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107784/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107802/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108441/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108443/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108549/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108550/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108595/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108739/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109202/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110663/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110799/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110800/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113473/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113479/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113481/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113491/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113492/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113493/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113495/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113499/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139505/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139507/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139509/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139513/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139514/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139517/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139520/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139521/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/141953/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/141954/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/141955/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/141956/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143277/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143342/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143343/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143344/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143357/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143514/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143608/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143642/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143650/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143651/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143657/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143658/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143786/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143882/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143883/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143884/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/144268/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/144269/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/144270/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/144271/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94341/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107925/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107928/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107929/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107932/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107933/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107934/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107935/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107936/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107937/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107938/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107939/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107940/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107941/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107942/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107943/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107944/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107945/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107946/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107947/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107948/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107949/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107950/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107951/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107957/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107958/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107959/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107960/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107962/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107963/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107964/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107965/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107966/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107967/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107968/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107969/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107970/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107971/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107972/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107973/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107974/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107975/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107976/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107977/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107979/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107981/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107982/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107985/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107986/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107987/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107988/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107989/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107990/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107991/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107992/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107996/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107999/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108000/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108002/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108003/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108004/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108005/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108009/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108010/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108011/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108012/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108016/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108017/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108018/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108022/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108023/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108025/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108026/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108027/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108028/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108029/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108034/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108035/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108036/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108037/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108038/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108041/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108042/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108043/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108046/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108047/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108048/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108049/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108050/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108051/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108052/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108053/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108058/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108059/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108062/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108065/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108066/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108067/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108068/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108069/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108070/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108071/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108074/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108075/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108079/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108082/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108086/" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108088/" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108089/" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108093/" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108098/" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108099/" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108100/" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108101/" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108104/" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108105/" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108121/" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108122/" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108123/" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108125/" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108126/" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108127/" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108128/" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108129/" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108130/" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108131/" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108132/" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108133/" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108137/" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108140/" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108141/" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108142/" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108145/" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108146/" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108147/" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108148/" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108149/" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108150/" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108151/" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108152/" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108153/" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108154/" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108158/" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108159/" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108160/" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108161/" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108162/" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108177/" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108180/" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108181/" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108182/" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108185/" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108189/" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108190/" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108191/" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108198/" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108199/" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108200/" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108201/" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108202/" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108206/" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108209/" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108210/" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108211/" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108212/" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108213/" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108215/" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108216/" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108218/" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108219/" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108220/" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108225/" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108226/" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108227/" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108228/" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108229/" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108234/" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108235/" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108236/" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108238/" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108245/" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108246/" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108247/" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108248/" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108249/" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108252/" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108253/" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108254/" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108256/" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108257/" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108259/" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108260/" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108261/" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108262/" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108263/" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108264/" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108265/" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108266/" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108267/" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108268/" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108271/" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108272/" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108273/" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108274/" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108275/" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108276/" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108278/" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108293/" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108294/" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108296/" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108297/" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108298/" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108299/" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108300/" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108301/" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108302/" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108303/" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108304/" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108307/" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108308/" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108309/" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108310/" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108311/" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108313/" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108314/" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108315/" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108316/" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108317/" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108318/" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108319/" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108321/" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108322/" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108324/" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108325/" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108326/" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108327/" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108328/" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108329/" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108330/" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108331/" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108332/" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108333/" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108334/" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108335/" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108336/" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108337/" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108338/" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108343/" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108345/" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108346/" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108347/" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108348/" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108349/" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108350/" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108351/" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108352/" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108353/" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108354/" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108355/" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108356/" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108357/" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108368/" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108369/" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108370/" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108371/" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108372/" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108373/" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108374/" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108375/" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108376/" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108377/" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108380/" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108399/" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108400/" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108402/" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108403/" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108408/" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108409/" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108410/" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108411/" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108413/" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108429/" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108430/" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108502/" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108503/" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108504/" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109449/" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109450/" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109452/" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109453/" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109454/" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109455/" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109456/" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109745/" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109746/" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109755/" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109756/" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109757/" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109758/" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109759/" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109762/" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109763/" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109764/" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109766/" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109767/" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109768/" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109769/" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109770/" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109822/" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109824/" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109825/" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109826/" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109827/" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109829/" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109830/" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109831/" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109832/" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109833/" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109834/" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109836/" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109837/" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109838/" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109840/" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109846/" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109851/" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109854/" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109855/" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109856/" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109860/" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109861/" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109862/" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109863/" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109864/" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109867/" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109868/" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109870/" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109884/" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109942/" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109943/" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109947/" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109949/" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109950/" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109951/" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109953/" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109955/" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109957/" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109958/" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109959/" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109960/" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109961/" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109964/" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110412/" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110413/" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110414/" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110415/" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110609/" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110610/" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110611/" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110612/" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110615/" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110616/" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110617/" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110618/" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110619/" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109842/" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109844/" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110173/" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110174/" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110175/" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110183/" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110188/" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143694/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97543/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97544/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/98910/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105548/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105553/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105556/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105841/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106492/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110269/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/112667/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/112671/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113173/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113182/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113183/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113184/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113185/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113204/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113222/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113242/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113289/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113294/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113319/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113334/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113410/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113411/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113412/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113437/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113438/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113442/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113443/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113446/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/86417/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/56236/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/56995/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/64704/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92211/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92506/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93052/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93592/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93722/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93963/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94267/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94410/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107802/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113481/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113485/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113491/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113492/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113499/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139505/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139507/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139509/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139513/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139514/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139517/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139520/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139521/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143343/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143514/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143657/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143658/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107992/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107996/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107999/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108018/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108023/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108043/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108053/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108059/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108062/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108071/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108075/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108079/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108082/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108089/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108093/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108101/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108133/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108142/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108182/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108185/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108191/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108202/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108206/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108236/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109864/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109884/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wa.me/79778021153" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H571"/>
+  <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A571" sqref="A571"/>
+      <selection pane="bottomLeft" activeCell="A100" sqref="A100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="90" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="80">
       <c r="A1"/>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="5"/>
       <c r="E2" s="3"/>
@@ -22062,14675 +3875,2483 @@
       <c r="E3" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G3" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H3" s="6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
     </row>
-    <row r="6" spans="1:8">
-      <c r="A6" s="8" t="s">
+    <row r="7" spans="1:8">
+      <c r="A7" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="B6" s="9"/>
-[...12 lines deleted...]
-      <c r="C7" s="12" t="s">
+      <c r="B7" s="7"/>
+      <c r="C7" s="7"/>
+      <c r="D7" s="7"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="7"/>
+      <c r="G7" s="7"/>
+      <c r="H7" s="7"/>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="D7" s="13" t="s">
+      <c r="B8" s="9"/>
+      <c r="C8" s="9"/>
+      <c r="D8" s="9"/>
+      <c r="E8" s="9"/>
+      <c r="F8" s="9"/>
+      <c r="G8" s="9"/>
+      <c r="H8" s="9"/>
+    </row>
+    <row r="9" spans="1:8" customHeight="1" ht="90">
+      <c r="A9" s="12">
+        <v>97543</v>
+      </c>
+      <c r="B9" s="12"/>
+      <c r="C9" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="E7" s="14">
-[...14 lines deleted...]
-      <c r="A9" s="7" t="s">
+      <c r="D9" s="13" t="s">
         <v>15</v>
       </c>
-      <c r="B9" s="7"/>
-[...8 lines deleted...]
-      <c r="A10" s="8" t="s">
+      <c r="E9" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="B10" s="9"/>
-[...5 lines deleted...]
-      <c r="H10" s="9"/>
+      <c r="F9" s="12">
+        <v>501.0</v>
+      </c>
+      <c r="G9" s="12">
+        <v>0</v>
+      </c>
+      <c r="H9" s="12">
+        <f>F9*G9</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" customHeight="1" ht="90">
+      <c r="A10" s="12">
+        <v>97544</v>
+      </c>
+      <c r="B10" s="12"/>
+      <c r="C10" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" s="12">
+        <v>1070.0</v>
+      </c>
+      <c r="G10" s="12">
+        <v>0</v>
+      </c>
+      <c r="H10" s="12">
+        <f>F10*G10</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="90">
       <c r="A11" s="12">
-        <v>97543</v>
+        <v>98910</v>
       </c>
       <c r="B11" s="12"/>
       <c r="C11" s="12" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D11" s="13" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>21</v>
+      </c>
+      <c r="E11" s="14">
+        <v>48009.02</v>
       </c>
       <c r="F11" s="12">
-        <v>501.0</v>
+        <v>2322.0</v>
       </c>
       <c r="G11" s="12">
         <v>0</v>
       </c>
       <c r="H11" s="12">
         <f>F11*G11</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="90">
       <c r="A12" s="12">
-        <v>97544</v>
+        <v>105548</v>
       </c>
       <c r="B12" s="12"/>
       <c r="C12" s="12" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D12" s="13" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>23</v>
+      </c>
+      <c r="E12" s="14">
+        <v>16006.02</v>
       </c>
       <c r="F12" s="12">
-        <v>1070.0</v>
+        <v>794.0</v>
       </c>
       <c r="G12" s="12">
         <v>0</v>
       </c>
       <c r="H12" s="12">
         <f>F12*G12</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="90">
       <c r="A13" s="12">
-        <v>97818</v>
+        <v>105553</v>
       </c>
       <c r="B13" s="12"/>
       <c r="C13" s="12" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D13" s="13" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="E13" s="14" t="s">
         <v>25</v>
       </c>
+      <c r="E13" s="14">
+        <v>16007.02</v>
+      </c>
       <c r="F13" s="12">
-        <v>1226.0</v>
+        <v>1024.0</v>
       </c>
       <c r="G13" s="12">
         <v>0</v>
       </c>
       <c r="H13" s="12">
         <f>F13*G13</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="90">
       <c r="A14" s="12">
-        <v>98910</v>
+        <v>105556</v>
       </c>
       <c r="B14" s="12"/>
       <c r="C14" s="12" t="s">
         <v>26</v>
       </c>
       <c r="D14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="E14" s="14">
-        <v>48009.02</v>
+        <v>16004.02</v>
       </c>
       <c r="F14" s="12">
-        <v>2902.0</v>
+        <v>1496.0</v>
       </c>
       <c r="G14" s="12">
         <v>0</v>
       </c>
       <c r="H14" s="12">
         <f>F14*G14</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="90">
       <c r="A15" s="12">
-        <v>105548</v>
+        <v>105841</v>
       </c>
       <c r="B15" s="12"/>
       <c r="C15" s="12" t="s">
         <v>28</v>
       </c>
       <c r="D15" s="13" t="s">
         <v>29</v>
       </c>
       <c r="E15" s="14">
-        <v>16006.02</v>
+        <v>16001.02</v>
       </c>
       <c r="F15" s="12">
-        <v>794.0</v>
+        <v>1017.0</v>
       </c>
       <c r="G15" s="12">
         <v>0</v>
       </c>
       <c r="H15" s="12">
         <f>F15*G15</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="90">
       <c r="A16" s="12">
-        <v>105553</v>
+        <v>106492</v>
       </c>
       <c r="B16" s="12"/>
       <c r="C16" s="12" t="s">
         <v>30</v>
       </c>
       <c r="D16" s="13" t="s">
         <v>31</v>
       </c>
       <c r="E16" s="14">
-        <v>16007.02</v>
+        <v>39002.09</v>
       </c>
       <c r="F16" s="12">
-        <v>1024.0</v>
+        <v>137.0</v>
       </c>
       <c r="G16" s="12">
         <v>0</v>
       </c>
       <c r="H16" s="12">
         <f>F16*G16</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="90">
       <c r="A17" s="12">
-        <v>105556</v>
+        <v>110269</v>
       </c>
       <c r="B17" s="12"/>
       <c r="C17" s="12" t="s">
         <v>32</v>
       </c>
       <c r="D17" s="13" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="14">
-        <v>16004.02</v>
+        <v>110269</v>
       </c>
       <c r="F17" s="12">
-        <v>1496.0</v>
+        <v>839.0</v>
       </c>
       <c r="G17" s="12">
         <v>0</v>
       </c>
       <c r="H17" s="12">
         <f>F17*G17</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="90">
       <c r="A18" s="12">
-        <v>105841</v>
+        <v>112667</v>
       </c>
       <c r="B18" s="12"/>
       <c r="C18" s="12" t="s">
         <v>34</v>
       </c>
       <c r="D18" s="13" t="s">
         <v>35</v>
       </c>
       <c r="E18" s="14">
-        <v>16001.02</v>
+        <v>37012.02</v>
       </c>
       <c r="F18" s="12">
-        <v>1017.0</v>
+        <v>294.0</v>
       </c>
       <c r="G18" s="12">
         <v>0</v>
       </c>
       <c r="H18" s="12">
         <f>F18*G18</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="90">
       <c r="A19" s="12">
-        <v>106492</v>
+        <v>112671</v>
       </c>
       <c r="B19" s="12"/>
       <c r="C19" s="12" t="s">
         <v>36</v>
       </c>
       <c r="D19" s="13" t="s">
         <v>37</v>
       </c>
       <c r="E19" s="14">
-        <v>39002.09</v>
+        <v>37011.02</v>
       </c>
       <c r="F19" s="12">
-        <v>137.0</v>
+        <v>549.0</v>
       </c>
       <c r="G19" s="12">
         <v>0</v>
       </c>
       <c r="H19" s="12">
         <f>F19*G19</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="90">
       <c r="A20" s="12">
-        <v>106533</v>
+        <v>113173</v>
       </c>
       <c r="B20" s="12"/>
       <c r="C20" s="12" t="s">
         <v>38</v>
       </c>
       <c r="D20" s="13" t="s">
         <v>39</v>
       </c>
       <c r="E20" s="14">
-        <v>17000.1</v>
+        <v>113173</v>
       </c>
       <c r="F20" s="12">
-        <v>298.0</v>
+        <v>48.0</v>
       </c>
       <c r="G20" s="12">
         <v>0</v>
       </c>
       <c r="H20" s="12">
         <f>F20*G20</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="90">
       <c r="A21" s="12">
-        <v>109412</v>
+        <v>113182</v>
       </c>
       <c r="B21" s="12"/>
       <c r="C21" s="12" t="s">
         <v>40</v>
       </c>
       <c r="D21" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="E21" s="14" t="s">
-        <v>42</v>
+      <c r="E21" s="14">
+        <v>113182</v>
       </c>
       <c r="F21" s="12">
-        <v>37.0</v>
+        <v>225.0</v>
       </c>
       <c r="G21" s="12">
         <v>0</v>
       </c>
       <c r="H21" s="12">
         <f>F21*G21</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="90">
       <c r="A22" s="12">
-        <v>109413</v>
+        <v>113183</v>
       </c>
       <c r="B22" s="12"/>
       <c r="C22" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="D22" s="13" t="s">
         <v>43</v>
       </c>
-      <c r="D22" s="13" t="s">
-[...3 lines deleted...]
-        <v>45</v>
+      <c r="E22" s="14">
+        <v>113183</v>
       </c>
       <c r="F22" s="12">
-        <v>200.0</v>
+        <v>248.0</v>
       </c>
       <c r="G22" s="12">
         <v>0</v>
       </c>
       <c r="H22" s="12">
         <f>F22*G22</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="90">
       <c r="A23" s="12">
-        <v>110259</v>
+        <v>113184</v>
       </c>
       <c r="B23" s="12"/>
       <c r="C23" s="12" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D23" s="13" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>45</v>
+      </c>
+      <c r="E23" s="14">
+        <v>113184</v>
       </c>
       <c r="F23" s="12">
-        <v>454.0</v>
+        <v>285.0</v>
       </c>
       <c r="G23" s="12">
         <v>0</v>
       </c>
       <c r="H23" s="12">
         <f>F23*G23</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="90">
       <c r="A24" s="12">
-        <v>110260</v>
+        <v>113185</v>
       </c>
       <c r="B24" s="12"/>
       <c r="C24" s="12" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D24" s="13" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>47</v>
+      </c>
+      <c r="E24" s="14">
+        <v>113185</v>
       </c>
       <c r="F24" s="12">
-        <v>450.0</v>
+        <v>323.0</v>
       </c>
       <c r="G24" s="12">
         <v>0</v>
       </c>
       <c r="H24" s="12">
         <f>F24*G24</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="90">
       <c r="A25" s="12">
-        <v>110261</v>
+        <v>113204</v>
       </c>
       <c r="B25" s="12"/>
       <c r="C25" s="12" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D25" s="13" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>49</v>
+      </c>
+      <c r="E25" s="14">
+        <v>113204</v>
       </c>
       <c r="F25" s="12">
-        <v>537.0</v>
+        <v>178.0</v>
       </c>
       <c r="G25" s="12">
         <v>0</v>
       </c>
       <c r="H25" s="12">
         <f>F25*G25</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:8" customHeight="1" ht="90">
       <c r="A26" s="12">
-        <v>110262</v>
+        <v>113222</v>
       </c>
       <c r="B26" s="12"/>
       <c r="C26" s="12" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D26" s="13" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>51</v>
+      </c>
+      <c r="E26" s="14">
+        <v>113222</v>
       </c>
       <c r="F26" s="12">
-        <v>427.0</v>
+        <v>413.0</v>
       </c>
       <c r="G26" s="12">
         <v>0</v>
       </c>
       <c r="H26" s="12">
         <f>F26*G26</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="90">
       <c r="A27" s="12">
-        <v>110263</v>
+        <v>113242</v>
       </c>
       <c r="B27" s="12"/>
       <c r="C27" s="12" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="D27" s="13" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>53</v>
+      </c>
+      <c r="E27" s="14">
+        <v>113242</v>
       </c>
       <c r="F27" s="12">
-        <v>574.0</v>
+        <v>173.0</v>
       </c>
       <c r="G27" s="12">
         <v>0</v>
       </c>
       <c r="H27" s="12">
         <f>F27*G27</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="90">
       <c r="A28" s="12">
-        <v>110264</v>
+        <v>113289</v>
       </c>
       <c r="B28" s="12"/>
       <c r="C28" s="12" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="D28" s="13" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>55</v>
+      </c>
+      <c r="E28" s="14">
+        <v>113289</v>
       </c>
       <c r="F28" s="12">
-        <v>480.0</v>
+        <v>182.0</v>
       </c>
       <c r="G28" s="12">
         <v>0</v>
       </c>
       <c r="H28" s="12">
         <f>F28*G28</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:8" customHeight="1" ht="90">
       <c r="A29" s="12">
-        <v>110265</v>
+        <v>113294</v>
       </c>
       <c r="B29" s="12"/>
       <c r="C29" s="12" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="D29" s="13" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>57</v>
+      </c>
+      <c r="E29" s="14">
+        <v>113294</v>
       </c>
       <c r="F29" s="12">
-        <v>446.0</v>
+        <v>356.0</v>
       </c>
       <c r="G29" s="12">
         <v>0</v>
       </c>
       <c r="H29" s="12">
         <f>F29*G29</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:8" customHeight="1" ht="90">
       <c r="A30" s="12">
-        <v>110266</v>
+        <v>113319</v>
       </c>
       <c r="B30" s="12"/>
       <c r="C30" s="12" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="D30" s="13" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>59</v>
+      </c>
+      <c r="E30" s="14">
+        <v>113319</v>
       </c>
       <c r="F30" s="12">
-        <v>450.0</v>
+        <v>396.0</v>
       </c>
       <c r="G30" s="12">
         <v>0</v>
       </c>
       <c r="H30" s="12">
         <f>F30*G30</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="90">
       <c r="A31" s="12">
-        <v>110267</v>
+        <v>113334</v>
       </c>
       <c r="B31" s="12"/>
       <c r="C31" s="12" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D31" s="13" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>61</v>
+      </c>
+      <c r="E31" s="14">
+        <v>113334</v>
       </c>
       <c r="F31" s="12">
-        <v>711.0</v>
+        <v>222.0</v>
       </c>
       <c r="G31" s="12">
         <v>0</v>
       </c>
       <c r="H31" s="12">
         <f>F31*G31</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8" customHeight="1" ht="90">
       <c r="A32" s="12">
-        <v>110268</v>
+        <v>113410</v>
       </c>
       <c r="B32" s="12"/>
       <c r="C32" s="12" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="D32" s="13" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>63</v>
+      </c>
+      <c r="E32" s="14">
+        <v>113410</v>
       </c>
       <c r="F32" s="12">
-        <v>904.0</v>
+        <v>303.0</v>
       </c>
       <c r="G32" s="12">
         <v>0</v>
       </c>
       <c r="H32" s="12">
         <f>F32*G32</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:8" customHeight="1" ht="90">
       <c r="A33" s="12">
-        <v>110269</v>
+        <v>113411</v>
       </c>
       <c r="B33" s="12"/>
       <c r="C33" s="12" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="D33" s="13" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>65</v>
+      </c>
+      <c r="E33" s="14">
+        <v>113411</v>
       </c>
       <c r="F33" s="12">
-        <v>839.0</v>
+        <v>1873.0</v>
       </c>
       <c r="G33" s="12">
         <v>0</v>
       </c>
       <c r="H33" s="12">
         <f>F33*G33</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:8" customHeight="1" ht="90">
       <c r="A34" s="12">
-        <v>110270</v>
+        <v>113412</v>
       </c>
       <c r="B34" s="12"/>
       <c r="C34" s="12" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="D34" s="13" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>67</v>
+      </c>
+      <c r="E34" s="14">
+        <v>113412</v>
       </c>
       <c r="F34" s="12">
-        <v>1290.0</v>
+        <v>818.0</v>
       </c>
       <c r="G34" s="12">
         <v>0</v>
       </c>
       <c r="H34" s="12">
         <f>F34*G34</f>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="90">
       <c r="A35" s="12">
-        <v>110271</v>
+        <v>113437</v>
       </c>
       <c r="B35" s="12"/>
       <c r="C35" s="12" t="s">
-        <v>82</v>
+        <v>68</v>
       </c>
       <c r="D35" s="13" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>69</v>
+      </c>
+      <c r="E35" s="14">
+        <v>113437</v>
       </c>
       <c r="F35" s="12">
-        <v>1144.0</v>
+        <v>451.0</v>
       </c>
       <c r="G35" s="12">
         <v>0</v>
       </c>
       <c r="H35" s="12">
         <f>F35*G35</f>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:8" customHeight="1" ht="90">
       <c r="A36" s="12">
-        <v>110272</v>
+        <v>113438</v>
       </c>
       <c r="B36" s="12"/>
       <c r="C36" s="12" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="D36" s="13" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>71</v>
+      </c>
+      <c r="E36" s="14">
+        <v>113438</v>
       </c>
       <c r="F36" s="12">
-        <v>919.0</v>
+        <v>508.0</v>
       </c>
       <c r="G36" s="12">
         <v>0</v>
       </c>
       <c r="H36" s="12">
         <f>F36*G36</f>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:8" customHeight="1" ht="90">
       <c r="A37" s="12">
-        <v>110273</v>
+        <v>113442</v>
       </c>
       <c r="B37" s="12"/>
       <c r="C37" s="12" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="D37" s="13" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>73</v>
+      </c>
+      <c r="E37" s="14">
+        <v>113442</v>
       </c>
       <c r="F37" s="12">
-        <v>1264.0</v>
+        <v>196.0</v>
       </c>
       <c r="G37" s="12">
         <v>0</v>
       </c>
       <c r="H37" s="12">
         <f>F37*G37</f>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:8" customHeight="1" ht="90">
       <c r="A38" s="12">
-        <v>110274</v>
+        <v>113443</v>
       </c>
       <c r="B38" s="12"/>
       <c r="C38" s="12" t="s">
-        <v>91</v>
+        <v>74</v>
       </c>
       <c r="D38" s="13" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>75</v>
+      </c>
+      <c r="E38" s="14">
+        <v>113443</v>
       </c>
       <c r="F38" s="12">
-        <v>1149.0</v>
+        <v>220.0</v>
       </c>
       <c r="G38" s="12">
         <v>0</v>
       </c>
       <c r="H38" s="12">
         <f>F38*G38</f>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="90">
       <c r="A39" s="12">
-        <v>110275</v>
+        <v>113446</v>
       </c>
       <c r="B39" s="12"/>
       <c r="C39" s="12" t="s">
-        <v>94</v>
+        <v>76</v>
       </c>
       <c r="D39" s="13" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>77</v>
+      </c>
+      <c r="E39" s="14">
+        <v>113446</v>
       </c>
       <c r="F39" s="12">
-        <v>375.0</v>
+        <v>165.0</v>
       </c>
       <c r="G39" s="12">
         <v>0</v>
       </c>
       <c r="H39" s="12">
         <f>F39*G39</f>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:8" customHeight="1" ht="90">
-[...22 lines deleted...]
-      </c>
+    <row r="40" spans="1:8">
+      <c r="A40" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B40" s="9"/>
+      <c r="C40" s="9"/>
+      <c r="D40" s="9"/>
+      <c r="E40" s="9"/>
+      <c r="F40" s="9"/>
+      <c r="G40" s="9"/>
+      <c r="H40" s="9"/>
     </row>
     <row r="41" spans="1:8" customHeight="1" ht="90">
       <c r="A41" s="12">
-        <v>110292</v>
+        <v>86417</v>
       </c>
       <c r="B41" s="12"/>
       <c r="C41" s="12" t="s">
-        <v>100</v>
+        <v>79</v>
       </c>
       <c r="D41" s="13" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="E41" s="14" t="s">
-        <v>102</v>
+        <v>81</v>
       </c>
       <c r="F41" s="12">
-        <v>650.0</v>
+        <v>115.0</v>
       </c>
       <c r="G41" s="12">
         <v>0</v>
       </c>
       <c r="H41" s="12">
         <f>F41*G41</f>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:8" customHeight="1" ht="90">
-[...22 lines deleted...]
-      </c>
+    <row r="42" spans="1:8">
+      <c r="A42" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="B42" s="9"/>
+      <c r="C42" s="9"/>
+      <c r="D42" s="9"/>
+      <c r="E42" s="9"/>
+      <c r="F42" s="9"/>
+      <c r="G42" s="9"/>
+      <c r="H42" s="9"/>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="90">
       <c r="A43" s="12">
-        <v>112671</v>
+        <v>56236</v>
       </c>
       <c r="B43" s="12"/>
       <c r="C43" s="12" t="s">
-        <v>105</v>
+        <v>83</v>
       </c>
       <c r="D43" s="13" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>37011.02</v>
+        <v>84</v>
+      </c>
+      <c r="E43" s="14" t="s">
+        <v>85</v>
       </c>
       <c r="F43" s="12">
-        <v>549.0</v>
+        <v>335.0</v>
       </c>
       <c r="G43" s="12">
         <v>0</v>
       </c>
       <c r="H43" s="12">
         <f>F43*G43</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:8" customHeight="1" ht="90">
       <c r="A44" s="12">
-        <v>113173</v>
+        <v>56995</v>
       </c>
       <c r="B44" s="12"/>
       <c r="C44" s="12" t="s">
-        <v>107</v>
+        <v>86</v>
       </c>
       <c r="D44" s="13" t="s">
-        <v>108</v>
+        <v>87</v>
       </c>
       <c r="E44" s="14" t="s">
-        <v>109</v>
+        <v>88</v>
       </c>
       <c r="F44" s="12">
-        <v>48.0</v>
+        <v>360.0</v>
       </c>
       <c r="G44" s="12">
         <v>0</v>
       </c>
       <c r="H44" s="12">
         <f>F44*G44</f>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:8" customHeight="1" ht="90">
       <c r="A45" s="12">
-        <v>113182</v>
+        <v>64704</v>
       </c>
       <c r="B45" s="12"/>
       <c r="C45" s="12" t="s">
-        <v>110</v>
+        <v>89</v>
       </c>
       <c r="D45" s="13" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>90</v>
+      </c>
+      <c r="E45" s="14">
+        <v>19001.03</v>
       </c>
       <c r="F45" s="12">
-        <v>225.0</v>
+        <v>600.0</v>
       </c>
       <c r="G45" s="12">
         <v>0</v>
       </c>
       <c r="H45" s="12">
         <f>F45*G45</f>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:8" customHeight="1" ht="90">
       <c r="A46" s="12">
-        <v>113183</v>
+        <v>92211</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
       <c r="D46" s="13" t="s">
-        <v>114</v>
+        <v>92</v>
       </c>
       <c r="E46" s="14" t="s">
-        <v>115</v>
+        <v>93</v>
       </c>
       <c r="F46" s="12">
-        <v>248.0</v>
+        <v>920.0</v>
       </c>
       <c r="G46" s="12">
         <v>0</v>
       </c>
       <c r="H46" s="12">
         <f>F46*G46</f>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="90">
       <c r="A47" s="12">
-        <v>113184</v>
+        <v>92506</v>
       </c>
       <c r="B47" s="12"/>
       <c r="C47" s="12" t="s">
-        <v>116</v>
+        <v>94</v>
       </c>
       <c r="D47" s="13" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
       <c r="E47" s="14" t="s">
-        <v>118</v>
+        <v>96</v>
       </c>
       <c r="F47" s="12">
-        <v>285.0</v>
+        <v>850.0</v>
       </c>
       <c r="G47" s="12">
         <v>0</v>
       </c>
       <c r="H47" s="12">
         <f>F47*G47</f>
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:8" customHeight="1" ht="90">
       <c r="A48" s="12">
-        <v>113185</v>
+        <v>93052</v>
       </c>
       <c r="B48" s="12"/>
       <c r="C48" s="12" t="s">
-        <v>119</v>
+        <v>97</v>
       </c>
       <c r="D48" s="13" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="E48" s="14" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="F48" s="12">
-        <v>323.0</v>
+        <v>255.0</v>
       </c>
       <c r="G48" s="12">
         <v>0</v>
       </c>
       <c r="H48" s="12">
         <f>F48*G48</f>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:8" customHeight="1" ht="90">
       <c r="A49" s="12">
-        <v>113204</v>
+        <v>93592</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="D49" s="13" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="E49" s="14" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="F49" s="12">
-        <v>178.0</v>
+        <v>83.0</v>
       </c>
       <c r="G49" s="12">
         <v>0</v>
       </c>
       <c r="H49" s="12">
         <f>F49*G49</f>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:8" customHeight="1" ht="90">
       <c r="A50" s="12">
-        <v>113205</v>
+        <v>93722</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12" t="s">
-        <v>125</v>
+        <v>103</v>
       </c>
       <c r="D50" s="13" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="E50" s="14" t="s">
-        <v>127</v>
+        <v>105</v>
       </c>
       <c r="F50" s="12">
-        <v>178.0</v>
+        <v>407.0</v>
       </c>
       <c r="G50" s="12">
         <v>0</v>
       </c>
       <c r="H50" s="12">
         <f>F50*G50</f>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:8" customHeight="1" ht="90">
       <c r="A51" s="12">
-        <v>113222</v>
+        <v>93963</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12" t="s">
-        <v>128</v>
+        <v>106</v>
       </c>
       <c r="D51" s="13" t="s">
-        <v>129</v>
+        <v>107</v>
       </c>
       <c r="E51" s="14" t="s">
-        <v>130</v>
+        <v>108</v>
       </c>
       <c r="F51" s="12">
-        <v>413.0</v>
+        <v>1610.0</v>
       </c>
       <c r="G51" s="12">
         <v>0</v>
       </c>
       <c r="H51" s="12">
         <f>F51*G51</f>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:8" customHeight="1" ht="90">
       <c r="A52" s="12">
-        <v>113242</v>
+        <v>94267</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12" t="s">
-        <v>131</v>
+        <v>109</v>
       </c>
       <c r="D52" s="13" t="s">
-        <v>132</v>
+        <v>110</v>
       </c>
       <c r="E52" s="14" t="s">
-        <v>133</v>
+        <v>111</v>
       </c>
       <c r="F52" s="12">
-        <v>173.0</v>
+        <v>396.0</v>
       </c>
       <c r="G52" s="12">
         <v>0</v>
       </c>
       <c r="H52" s="12">
         <f>F52*G52</f>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:8" customHeight="1" ht="90">
       <c r="A53" s="12">
-        <v>113272</v>
+        <v>94410</v>
       </c>
       <c r="B53" s="12"/>
       <c r="C53" s="12" t="s">
-        <v>134</v>
+        <v>112</v>
       </c>
       <c r="D53" s="13" t="s">
-        <v>135</v>
+        <v>113</v>
       </c>
       <c r="E53" s="14" t="s">
-        <v>136</v>
+        <v>114</v>
       </c>
       <c r="F53" s="12">
-        <v>415.0</v>
+        <v>935.0</v>
       </c>
       <c r="G53" s="12">
         <v>0</v>
       </c>
       <c r="H53" s="12">
         <f>F53*G53</f>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:8" customHeight="1" ht="90">
       <c r="A54" s="12">
-        <v>113289</v>
+        <v>107802</v>
       </c>
       <c r="B54" s="12"/>
       <c r="C54" s="12" t="s">
-        <v>137</v>
+        <v>115</v>
       </c>
       <c r="D54" s="13" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>116</v>
+      </c>
+      <c r="E54" s="14">
+        <v>107802</v>
       </c>
       <c r="F54" s="12">
-        <v>182.0</v>
+        <v>520.0</v>
       </c>
       <c r="G54" s="12">
         <v>0</v>
       </c>
       <c r="H54" s="12">
         <f>F54*G54</f>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:8" customHeight="1" ht="90">
       <c r="A55" s="12">
-        <v>113291</v>
+        <v>113481</v>
       </c>
       <c r="B55" s="12"/>
       <c r="C55" s="12" t="s">
-        <v>140</v>
+        <v>117</v>
       </c>
       <c r="D55" s="13" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>118</v>
+      </c>
+      <c r="E55" s="14">
+        <v>113481</v>
       </c>
       <c r="F55" s="12">
-        <v>235.0</v>
+        <v>437.0</v>
       </c>
       <c r="G55" s="12">
         <v>0</v>
       </c>
       <c r="H55" s="12">
         <f>F55*G55</f>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:8" customHeight="1" ht="90">
       <c r="A56" s="12">
-        <v>113293</v>
+        <v>113485</v>
       </c>
       <c r="B56" s="12"/>
       <c r="C56" s="12" t="s">
-        <v>143</v>
+        <v>119</v>
       </c>
       <c r="D56" s="13" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>120</v>
+      </c>
+      <c r="E56" s="14">
+        <v>113485</v>
       </c>
       <c r="F56" s="12">
-        <v>356.0</v>
+        <v>700.0</v>
       </c>
       <c r="G56" s="12">
         <v>0</v>
       </c>
       <c r="H56" s="12">
         <f>F56*G56</f>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:8" customHeight="1" ht="90">
       <c r="A57" s="12">
-        <v>113294</v>
+        <v>113491</v>
       </c>
       <c r="B57" s="12"/>
       <c r="C57" s="12" t="s">
-        <v>146</v>
+        <v>121</v>
       </c>
       <c r="D57" s="13" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>122</v>
+      </c>
+      <c r="E57" s="14">
+        <v>113491</v>
       </c>
       <c r="F57" s="12">
-        <v>356.0</v>
+        <v>520.0</v>
       </c>
       <c r="G57" s="12">
         <v>0</v>
       </c>
       <c r="H57" s="12">
         <f>F57*G57</f>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:8" customHeight="1" ht="90">
       <c r="A58" s="12">
-        <v>113319</v>
+        <v>113492</v>
       </c>
       <c r="B58" s="12"/>
       <c r="C58" s="12" t="s">
-        <v>149</v>
+        <v>123</v>
       </c>
       <c r="D58" s="13" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>151</v>
+        <v>124</v>
+      </c>
+      <c r="E58" s="14">
+        <v>113492</v>
       </c>
       <c r="F58" s="12">
-        <v>396.0</v>
+        <v>3220.0</v>
       </c>
       <c r="G58" s="12">
         <v>0</v>
       </c>
       <c r="H58" s="12">
         <f>F58*G58</f>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="90">
       <c r="A59" s="12">
-        <v>113329</v>
+        <v>113499</v>
       </c>
       <c r="B59" s="12"/>
       <c r="C59" s="12" t="s">
-        <v>152</v>
+        <v>125</v>
       </c>
       <c r="D59" s="13" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>126</v>
+      </c>
+      <c r="E59" s="14">
+        <v>113499</v>
       </c>
       <c r="F59" s="12">
-        <v>134.0</v>
+        <v>2300.0</v>
       </c>
       <c r="G59" s="12">
         <v>0</v>
       </c>
       <c r="H59" s="12">
         <f>F59*G59</f>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:8" customHeight="1" ht="90">
       <c r="A60" s="12">
-        <v>113330</v>
+        <v>139505</v>
       </c>
       <c r="B60" s="12"/>
       <c r="C60" s="12" t="s">
-        <v>155</v>
+        <v>127</v>
       </c>
       <c r="D60" s="13" t="s">
-        <v>156</v>
+        <v>128</v>
       </c>
       <c r="E60" s="14" t="s">
-        <v>157</v>
+        <v>129</v>
       </c>
       <c r="F60" s="12">
-        <v>366.0</v>
+        <v>9161.0</v>
       </c>
       <c r="G60" s="12">
         <v>0</v>
       </c>
       <c r="H60" s="12">
         <f>F60*G60</f>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:8" customHeight="1" ht="90">
       <c r="A61" s="12">
-        <v>113331</v>
+        <v>139507</v>
       </c>
       <c r="B61" s="12"/>
       <c r="C61" s="12" t="s">
-        <v>158</v>
+        <v>130</v>
       </c>
       <c r="D61" s="13" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>131</v>
+      </c>
+      <c r="E61" s="14">
+        <v>9037</v>
       </c>
       <c r="F61" s="12">
-        <v>366.0</v>
+        <v>1725.0</v>
       </c>
       <c r="G61" s="12">
         <v>0</v>
       </c>
       <c r="H61" s="12">
         <f>F61*G61</f>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:8" customHeight="1" ht="90">
       <c r="A62" s="12">
-        <v>113332</v>
+        <v>139509</v>
       </c>
       <c r="B62" s="12"/>
       <c r="C62" s="12" t="s">
-        <v>161</v>
+        <v>132</v>
       </c>
       <c r="D62" s="13" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>133</v>
+      </c>
+      <c r="E62" s="14">
+        <v>9033</v>
       </c>
       <c r="F62" s="12">
-        <v>154.0</v>
+        <v>1193.0</v>
       </c>
       <c r="G62" s="12">
         <v>0</v>
       </c>
       <c r="H62" s="12">
         <f>F62*G62</f>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="90">
       <c r="A63" s="12">
-        <v>113333</v>
+        <v>139513</v>
       </c>
       <c r="B63" s="12"/>
       <c r="C63" s="12" t="s">
-        <v>164</v>
+        <v>134</v>
       </c>
       <c r="D63" s="13" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>135</v>
+      </c>
+      <c r="E63" s="14">
+        <v>9039</v>
       </c>
       <c r="F63" s="12">
-        <v>197.0</v>
+        <v>1634.0</v>
       </c>
       <c r="G63" s="12">
         <v>0</v>
       </c>
       <c r="H63" s="12">
         <f>F63*G63</f>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:8" customHeight="1" ht="90">
       <c r="A64" s="12">
-        <v>113334</v>
+        <v>139514</v>
       </c>
       <c r="B64" s="12"/>
       <c r="C64" s="12" t="s">
-        <v>167</v>
+        <v>136</v>
       </c>
       <c r="D64" s="13" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>137</v>
+      </c>
+      <c r="E64" s="14">
+        <v>9040</v>
       </c>
       <c r="F64" s="12">
-        <v>222.0</v>
+        <v>1750.0</v>
       </c>
       <c r="G64" s="12">
         <v>0</v>
       </c>
       <c r="H64" s="12">
         <f>F64*G64</f>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:8" customHeight="1" ht="90">
       <c r="A65" s="12">
-        <v>113335</v>
+        <v>139517</v>
       </c>
       <c r="B65" s="12"/>
       <c r="C65" s="12" t="s">
-        <v>170</v>
+        <v>138</v>
       </c>
       <c r="D65" s="13" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>172</v>
+        <v>139</v>
+      </c>
+      <c r="E65" s="14">
+        <v>9047</v>
       </c>
       <c r="F65" s="12">
-        <v>506.0</v>
+        <v>1193.0</v>
       </c>
       <c r="G65" s="12">
         <v>0</v>
       </c>
       <c r="H65" s="12">
         <f>F65*G65</f>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:8" customHeight="1" ht="90">
       <c r="A66" s="12">
-        <v>113336</v>
+        <v>139520</v>
       </c>
       <c r="B66" s="12"/>
       <c r="C66" s="12" t="s">
-        <v>173</v>
+        <v>140</v>
       </c>
       <c r="D66" s="13" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>141</v>
+      </c>
+      <c r="E66" s="14">
+        <v>7012</v>
       </c>
       <c r="F66" s="12">
-        <v>263.0</v>
+        <v>306.0</v>
       </c>
       <c r="G66" s="12">
         <v>0</v>
       </c>
       <c r="H66" s="12">
         <f>F66*G66</f>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:8" customHeight="1" ht="90">
       <c r="A67" s="12">
-        <v>113337</v>
+        <v>139521</v>
       </c>
       <c r="B67" s="12"/>
       <c r="C67" s="12" t="s">
-        <v>176</v>
+        <v>142</v>
       </c>
       <c r="D67" s="13" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>143</v>
+      </c>
+      <c r="E67" s="14">
+        <v>7013</v>
       </c>
       <c r="F67" s="12">
-        <v>108.0</v>
+        <v>512.0</v>
       </c>
       <c r="G67" s="12">
         <v>0</v>
       </c>
       <c r="H67" s="12">
         <f>F67*G67</f>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:8" customHeight="1" ht="90">
       <c r="A68" s="12">
-        <v>113338</v>
+        <v>143343</v>
       </c>
       <c r="B68" s="12"/>
       <c r="C68" s="12" t="s">
-        <v>179</v>
+        <v>144</v>
       </c>
       <c r="D68" s="13" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>145</v>
+      </c>
+      <c r="E68" s="14">
+        <v>143343</v>
       </c>
       <c r="F68" s="12">
-        <v>89.0</v>
+        <v>690.0</v>
       </c>
       <c r="G68" s="12">
         <v>0</v>
       </c>
       <c r="H68" s="12">
         <f>F68*G68</f>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="90">
       <c r="A69" s="12">
-        <v>113339</v>
+        <v>143514</v>
       </c>
       <c r="B69" s="12"/>
       <c r="C69" s="12" t="s">
-        <v>182</v>
+        <v>146</v>
       </c>
       <c r="D69" s="13" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>147</v>
+      </c>
+      <c r="E69" s="14">
+        <v>143514</v>
       </c>
       <c r="F69" s="12">
-        <v>180.0</v>
+        <v>460.0</v>
       </c>
       <c r="G69" s="12">
         <v>0</v>
       </c>
       <c r="H69" s="12">
         <f>F69*G69</f>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:8" customHeight="1" ht="90">
       <c r="A70" s="12">
-        <v>113340</v>
+        <v>143657</v>
       </c>
       <c r="B70" s="12"/>
       <c r="C70" s="12" t="s">
-        <v>185</v>
+        <v>148</v>
       </c>
       <c r="D70" s="13" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>187</v>
+        <v>149</v>
+      </c>
+      <c r="E70" s="14">
+        <v>143657</v>
       </c>
       <c r="F70" s="12">
-        <v>261.0</v>
+        <v>1210.0</v>
       </c>
       <c r="G70" s="12">
         <v>0</v>
       </c>
       <c r="H70" s="12">
         <f>F70*G70</f>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:8" customHeight="1" ht="90">
       <c r="A71" s="12">
-        <v>113341</v>
+        <v>143658</v>
       </c>
       <c r="B71" s="12"/>
       <c r="C71" s="12" t="s">
-        <v>188</v>
+        <v>150</v>
       </c>
       <c r="D71" s="13" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>151</v>
+      </c>
+      <c r="E71" s="14">
+        <v>143658</v>
       </c>
       <c r="F71" s="12">
-        <v>223.0</v>
+        <v>1325.0</v>
       </c>
       <c r="G71" s="12">
         <v>0</v>
       </c>
       <c r="H71" s="12">
         <f>F71*G71</f>
         <v>0</v>
       </c>
     </row>
-    <row r="72" spans="1:8" customHeight="1" ht="90">
-[...22 lines deleted...]
-      </c>
+    <row r="72" spans="1:8">
+      <c r="A72" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="B72" s="9"/>
+      <c r="C72" s="9"/>
+      <c r="D72" s="9"/>
+      <c r="E72" s="9"/>
+      <c r="F72" s="9"/>
+      <c r="G72" s="9"/>
+      <c r="H72" s="9"/>
     </row>
     <row r="73" spans="1:8" customHeight="1" ht="90">
       <c r="A73" s="12">
-        <v>113410</v>
+        <v>107992</v>
       </c>
       <c r="B73" s="12"/>
       <c r="C73" s="12" t="s">
-        <v>194</v>
+        <v>153</v>
       </c>
       <c r="D73" s="13" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>196</v>
+        <v>154</v>
+      </c>
+      <c r="E73" s="14">
+        <v>107992</v>
       </c>
       <c r="F73" s="12">
-        <v>303.0</v>
+        <v>1040.0</v>
       </c>
       <c r="G73" s="12">
         <v>0</v>
       </c>
       <c r="H73" s="12">
         <f>F73*G73</f>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:8" customHeight="1" ht="90">
       <c r="A74" s="12">
-        <v>113411</v>
+        <v>107996</v>
       </c>
       <c r="B74" s="12"/>
       <c r="C74" s="12" t="s">
-        <v>197</v>
+        <v>155</v>
       </c>
       <c r="D74" s="13" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>156</v>
+      </c>
+      <c r="E74" s="14">
+        <v>107996</v>
       </c>
       <c r="F74" s="12">
-        <v>1873.0</v>
+        <v>3992.0</v>
       </c>
       <c r="G74" s="12">
         <v>0</v>
       </c>
       <c r="H74" s="12">
         <f>F74*G74</f>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:8" customHeight="1" ht="90">
       <c r="A75" s="12">
-        <v>113412</v>
+        <v>107999</v>
       </c>
       <c r="B75" s="12"/>
       <c r="C75" s="12" t="s">
-        <v>200</v>
+        <v>157</v>
       </c>
       <c r="D75" s="13" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>158</v>
+      </c>
+      <c r="E75" s="14">
+        <v>107999</v>
       </c>
       <c r="F75" s="12">
-        <v>818.0</v>
+        <v>109.0</v>
       </c>
       <c r="G75" s="12">
         <v>0</v>
       </c>
       <c r="H75" s="12">
         <f>F75*G75</f>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:8" customHeight="1" ht="90">
       <c r="A76" s="12">
-        <v>113413</v>
+        <v>108018</v>
       </c>
       <c r="B76" s="12"/>
       <c r="C76" s="12" t="s">
-        <v>203</v>
+        <v>159</v>
       </c>
       <c r="D76" s="13" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>160</v>
+      </c>
+      <c r="E76" s="14">
+        <v>108018</v>
       </c>
       <c r="F76" s="12">
-        <v>1695.0</v>
+        <v>8381.0</v>
       </c>
       <c r="G76" s="12">
         <v>0</v>
       </c>
       <c r="H76" s="12">
         <f>F76*G76</f>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:8" customHeight="1" ht="90">
       <c r="A77" s="12">
-        <v>113414</v>
+        <v>108023</v>
       </c>
       <c r="B77" s="12"/>
       <c r="C77" s="12" t="s">
-        <v>206</v>
+        <v>161</v>
       </c>
       <c r="D77" s="13" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>162</v>
+      </c>
+      <c r="E77" s="14">
+        <v>108023</v>
       </c>
       <c r="F77" s="12">
-        <v>188.0</v>
+        <v>808.0</v>
       </c>
       <c r="G77" s="12">
         <v>0</v>
       </c>
       <c r="H77" s="12">
         <f>F77*G77</f>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:8" customHeight="1" ht="90">
       <c r="A78" s="12">
-        <v>113415</v>
+        <v>108043</v>
       </c>
       <c r="B78" s="12"/>
       <c r="C78" s="12" t="s">
-        <v>209</v>
+        <v>163</v>
       </c>
       <c r="D78" s="13" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>164</v>
+      </c>
+      <c r="E78" s="14">
+        <v>108043</v>
       </c>
       <c r="F78" s="12">
-        <v>272.0</v>
+        <v>528.0</v>
       </c>
       <c r="G78" s="12">
         <v>0</v>
       </c>
       <c r="H78" s="12">
         <f>F78*G78</f>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:8" customHeight="1" ht="90">
       <c r="A79" s="12">
-        <v>113416</v>
+        <v>108053</v>
       </c>
       <c r="B79" s="12"/>
       <c r="C79" s="12" t="s">
-        <v>212</v>
+        <v>165</v>
       </c>
       <c r="D79" s="13" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>166</v>
+      </c>
+      <c r="E79" s="14">
+        <v>108053</v>
       </c>
       <c r="F79" s="12">
-        <v>395.0</v>
+        <v>1990.0</v>
       </c>
       <c r="G79" s="12">
         <v>0</v>
       </c>
       <c r="H79" s="12">
         <f>F79*G79</f>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:8" customHeight="1" ht="90">
       <c r="A80" s="12">
-        <v>113417</v>
+        <v>108059</v>
       </c>
       <c r="B80" s="12"/>
       <c r="C80" s="12" t="s">
-        <v>215</v>
+        <v>167</v>
       </c>
       <c r="D80" s="13" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>168</v>
+      </c>
+      <c r="E80" s="14">
+        <v>108059</v>
       </c>
       <c r="F80" s="12">
-        <v>440.0</v>
+        <v>1798.0</v>
       </c>
       <c r="G80" s="12">
         <v>0</v>
       </c>
       <c r="H80" s="12">
         <f>F80*G80</f>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:8" customHeight="1" ht="90">
       <c r="A81" s="12">
-        <v>113418</v>
+        <v>108062</v>
       </c>
       <c r="B81" s="12"/>
       <c r="C81" s="12" t="s">
-        <v>218</v>
+        <v>169</v>
       </c>
       <c r="D81" s="13" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>170</v>
+      </c>
+      <c r="E81" s="14">
+        <v>108062</v>
       </c>
       <c r="F81" s="12">
-        <v>315.0</v>
+        <v>1773.0</v>
       </c>
       <c r="G81" s="12">
         <v>0</v>
       </c>
       <c r="H81" s="12">
         <f>F81*G81</f>
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:8" customHeight="1" ht="90">
       <c r="A82" s="12">
-        <v>113437</v>
+        <v>108071</v>
       </c>
       <c r="B82" s="12"/>
       <c r="C82" s="12" t="s">
-        <v>221</v>
+        <v>171</v>
       </c>
       <c r="D82" s="13" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>172</v>
+      </c>
+      <c r="E82" s="14">
+        <v>108071</v>
       </c>
       <c r="F82" s="12">
-        <v>451.0</v>
+        <v>1549.0</v>
       </c>
       <c r="G82" s="12">
         <v>0</v>
       </c>
       <c r="H82" s="12">
         <f>F82*G82</f>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:8" customHeight="1" ht="90">
       <c r="A83" s="12">
-        <v>113438</v>
+        <v>108075</v>
       </c>
       <c r="B83" s="12"/>
       <c r="C83" s="12" t="s">
-        <v>224</v>
+        <v>173</v>
       </c>
       <c r="D83" s="13" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>174</v>
+      </c>
+      <c r="E83" s="14">
+        <v>108075</v>
       </c>
       <c r="F83" s="12">
-        <v>508.0</v>
+        <v>1480.0</v>
       </c>
       <c r="G83" s="12">
         <v>0</v>
       </c>
       <c r="H83" s="12">
         <f>F83*G83</f>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:8" customHeight="1" ht="90">
       <c r="A84" s="12">
-        <v>113442</v>
+        <v>108079</v>
       </c>
       <c r="B84" s="12"/>
       <c r="C84" s="12" t="s">
-        <v>227</v>
+        <v>175</v>
       </c>
       <c r="D84" s="13" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>176</v>
+      </c>
+      <c r="E84" s="14">
+        <v>108079</v>
       </c>
       <c r="F84" s="12">
-        <v>196.0</v>
+        <v>1343.0</v>
       </c>
       <c r="G84" s="12">
         <v>0</v>
       </c>
       <c r="H84" s="12">
         <f>F84*G84</f>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:8" customHeight="1" ht="90">
       <c r="A85" s="12">
-        <v>113443</v>
+        <v>108082</v>
       </c>
       <c r="B85" s="12"/>
       <c r="C85" s="12" t="s">
-        <v>230</v>
+        <v>177</v>
       </c>
       <c r="D85" s="13" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>178</v>
+      </c>
+      <c r="E85" s="14">
+        <v>108082</v>
       </c>
       <c r="F85" s="12">
-        <v>220.0</v>
+        <v>1334.0</v>
       </c>
       <c r="G85" s="12">
         <v>0</v>
       </c>
       <c r="H85" s="12">
         <f>F85*G85</f>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:8" customHeight="1" ht="90">
       <c r="A86" s="12">
-        <v>113446</v>
+        <v>108089</v>
       </c>
       <c r="B86" s="12"/>
       <c r="C86" s="12" t="s">
-        <v>233</v>
+        <v>179</v>
       </c>
       <c r="D86" s="13" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>180</v>
+      </c>
+      <c r="E86" s="14">
+        <v>108089</v>
       </c>
       <c r="F86" s="12">
-        <v>165.0</v>
+        <v>1520.0</v>
       </c>
       <c r="G86" s="12">
         <v>0</v>
       </c>
       <c r="H86" s="12">
         <f>F86*G86</f>
         <v>0</v>
       </c>
     </row>
-    <row r="87" spans="1:8">
-[...9 lines deleted...]
-      <c r="H87" s="9"/>
+    <row r="87" spans="1:8" customHeight="1" ht="90">
+      <c r="A87" s="12">
+        <v>108093</v>
+      </c>
+      <c r="B87" s="12"/>
+      <c r="C87" s="12" t="s">
+        <v>181</v>
+      </c>
+      <c r="D87" s="13" t="s">
+        <v>182</v>
+      </c>
+      <c r="E87" s="14">
+        <v>108093</v>
+      </c>
+      <c r="F87" s="12">
+        <v>814.0</v>
+      </c>
+      <c r="G87" s="12">
+        <v>0</v>
+      </c>
+      <c r="H87" s="12">
+        <f>F87*G87</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="88" spans="1:8" customHeight="1" ht="90">
       <c r="A88" s="12">
-        <v>86417</v>
+        <v>108101</v>
       </c>
       <c r="B88" s="12"/>
       <c r="C88" s="12" t="s">
-        <v>237</v>
+        <v>183</v>
       </c>
       <c r="D88" s="13" t="s">
-        <v>238</v>
+        <v>184</v>
       </c>
       <c r="E88" s="14">
-        <v>12109</v>
+        <v>108101</v>
       </c>
       <c r="F88" s="12">
-        <v>115.0</v>
+        <v>765.0</v>
       </c>
       <c r="G88" s="12">
         <v>0</v>
       </c>
       <c r="H88" s="12">
         <f>F88*G88</f>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:8" customHeight="1" ht="90">
       <c r="A89" s="12">
-        <v>86444</v>
+        <v>108133</v>
       </c>
       <c r="B89" s="12"/>
       <c r="C89" s="12" t="s">
-        <v>239</v>
+        <v>185</v>
       </c>
       <c r="D89" s="13" t="s">
-        <v>240</v>
+        <v>186</v>
       </c>
       <c r="E89" s="14">
-        <v>11848</v>
+        <v>108133</v>
       </c>
       <c r="F89" s="12">
-        <v>345.0</v>
+        <v>2645.0</v>
       </c>
       <c r="G89" s="12">
         <v>0</v>
       </c>
       <c r="H89" s="12">
         <f>F89*G89</f>
         <v>0</v>
       </c>
     </row>
-    <row r="90" spans="1:8">
-[...9 lines deleted...]
-      <c r="H90" s="9"/>
+    <row r="90" spans="1:8" customHeight="1" ht="90">
+      <c r="A90" s="12">
+        <v>108142</v>
+      </c>
+      <c r="B90" s="12"/>
+      <c r="C90" s="12" t="s">
+        <v>187</v>
+      </c>
+      <c r="D90" s="13" t="s">
+        <v>188</v>
+      </c>
+      <c r="E90" s="14">
+        <v>108142</v>
+      </c>
+      <c r="F90" s="12">
+        <v>6259.0</v>
+      </c>
+      <c r="G90" s="12">
+        <v>0</v>
+      </c>
+      <c r="H90" s="12">
+        <f>F90*G90</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="91" spans="1:8" customHeight="1" ht="90">
       <c r="A91" s="12">
-        <v>55131</v>
+        <v>108182</v>
       </c>
       <c r="B91" s="12"/>
       <c r="C91" s="12" t="s">
-        <v>241</v>
+        <v>189</v>
       </c>
       <c r="D91" s="13" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>190</v>
+      </c>
+      <c r="E91" s="14">
+        <v>108182</v>
       </c>
       <c r="F91" s="12">
-        <v>345.0</v>
+        <v>108.0</v>
       </c>
       <c r="G91" s="12">
         <v>0</v>
       </c>
       <c r="H91" s="12">
         <f>F91*G91</f>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:8" customHeight="1" ht="90">
       <c r="A92" s="12">
-        <v>55160</v>
+        <v>108185</v>
       </c>
       <c r="B92" s="12"/>
       <c r="C92" s="12" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="D92" s="13" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="E92" s="14">
-        <v>11303</v>
+        <v>108185</v>
       </c>
       <c r="F92" s="12">
-        <v>218.0</v>
+        <v>53.0</v>
       </c>
       <c r="G92" s="12">
         <v>0</v>
       </c>
       <c r="H92" s="12">
         <f>F92*G92</f>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:8" customHeight="1" ht="90">
       <c r="A93" s="12">
-        <v>55650</v>
+        <v>108191</v>
       </c>
       <c r="B93" s="12"/>
       <c r="C93" s="12" t="s">
-        <v>246</v>
+        <v>193</v>
       </c>
       <c r="D93" s="13" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>194</v>
+      </c>
+      <c r="E93" s="14">
+        <v>108191</v>
       </c>
       <c r="F93" s="12">
-        <v>980.0</v>
+        <v>3612.0</v>
       </c>
       <c r="G93" s="12">
         <v>0</v>
       </c>
       <c r="H93" s="12">
         <f>F93*G93</f>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:8" customHeight="1" ht="90">
       <c r="A94" s="12">
-        <v>56236</v>
+        <v>108202</v>
       </c>
       <c r="B94" s="12"/>
       <c r="C94" s="12" t="s">
-        <v>249</v>
+        <v>195</v>
       </c>
       <c r="D94" s="13" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>196</v>
+      </c>
+      <c r="E94" s="14">
+        <v>108202</v>
       </c>
       <c r="F94" s="12">
-        <v>335.0</v>
+        <v>5219.0</v>
       </c>
       <c r="G94" s="12">
         <v>0</v>
       </c>
       <c r="H94" s="12">
         <f>F94*G94</f>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:8" customHeight="1" ht="90">
       <c r="A95" s="12">
-        <v>56995</v>
+        <v>108206</v>
       </c>
       <c r="B95" s="12"/>
       <c r="C95" s="12" t="s">
-        <v>252</v>
+        <v>197</v>
       </c>
       <c r="D95" s="13" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-        <v>254</v>
+        <v>198</v>
+      </c>
+      <c r="E95" s="14">
+        <v>108206</v>
       </c>
       <c r="F95" s="12">
-        <v>360.0</v>
+        <v>1016.0</v>
       </c>
       <c r="G95" s="12">
         <v>0</v>
       </c>
       <c r="H95" s="12">
         <f>F95*G95</f>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:8" customHeight="1" ht="90">
       <c r="A96" s="12">
-        <v>57025</v>
+        <v>108236</v>
       </c>
       <c r="B96" s="12"/>
       <c r="C96" s="12" t="s">
-        <v>255</v>
+        <v>199</v>
       </c>
       <c r="D96" s="13" t="s">
-        <v>256</v>
+        <v>200</v>
       </c>
       <c r="E96" s="14">
-        <v>9414</v>
+        <v>108236</v>
       </c>
       <c r="F96" s="12">
-        <v>300.0</v>
+        <v>113.0</v>
       </c>
       <c r="G96" s="12">
         <v>0</v>
       </c>
       <c r="H96" s="12">
         <f>F96*G96</f>
         <v>0</v>
       </c>
     </row>
-    <row r="97" spans="1:8" customHeight="1" ht="90">
-[...22 lines deleted...]
-      </c>
+    <row r="97" spans="1:8">
+      <c r="A97" s="8" t="s">
+        <v>201</v>
+      </c>
+      <c r="B97" s="9"/>
+      <c r="C97" s="9"/>
+      <c r="D97" s="9"/>
+      <c r="E97" s="9"/>
+      <c r="F97" s="9"/>
+      <c r="G97" s="9"/>
+      <c r="H97" s="9"/>
     </row>
     <row r="98" spans="1:8" customHeight="1" ht="90">
       <c r="A98" s="12">
-        <v>59402</v>
+        <v>109864</v>
       </c>
       <c r="B98" s="12"/>
       <c r="C98" s="12" t="s">
-        <v>260</v>
+        <v>202</v>
       </c>
       <c r="D98" s="13" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>262</v>
+        <v>203</v>
+      </c>
+      <c r="E98" s="14">
+        <v>109864</v>
       </c>
       <c r="F98" s="12">
-        <v>920.0</v>
+        <v>111.0</v>
       </c>
       <c r="G98" s="12">
         <v>0</v>
       </c>
       <c r="H98" s="12">
         <f>F98*G98</f>
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:8" customHeight="1" ht="90">
       <c r="A99" s="12">
-        <v>61774</v>
+        <v>109884</v>
       </c>
       <c r="B99" s="12"/>
       <c r="C99" s="12" t="s">
-        <v>263</v>
+        <v>204</v>
       </c>
       <c r="D99" s="13" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-        <v>265</v>
+        <v>205</v>
+      </c>
+      <c r="E99" s="14">
+        <v>109884</v>
       </c>
       <c r="F99" s="12">
-        <v>630.0</v>
+        <v>150.0</v>
       </c>
       <c r="G99" s="12">
         <v>0</v>
       </c>
       <c r="H99" s="12">
         <f>F99*G99</f>
         <v>0</v>
       </c>
     </row>
-    <row r="100" spans="1:8" customHeight="1" ht="90">
-[...11721 lines deleted...]
-        <f>SUM(H4:H570)</f>
+    <row r="100" spans="1:8">
+      <c r="A100" s="16" t="s">
+        <v>206</v>
+      </c>
+      <c r="B100" s="15"/>
+      <c r="C100" s="15"/>
+      <c r="D100" s="15"/>
+      <c r="E100" s="15"/>
+      <c r="F100" s="15"/>
+      <c r="G100" s="15">
+        <f>SUM(G4:G99)</f>
+        <v>0</v>
+      </c>
+      <c r="H100" s="15">
+        <f>SUM(H4:H99)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="C1:H1"/>
     <mergeCell ref="D2:H2"/>
     <mergeCell ref="A5:H5"/>
-    <mergeCell ref="A6:H6"/>
-[...9 lines deleted...]
-    <mergeCell ref="A571:F571"/>
+    <mergeCell ref="A7:H7"/>
+    <mergeCell ref="A8:H8"/>
+    <mergeCell ref="A40:H40"/>
+    <mergeCell ref="A42:H42"/>
+    <mergeCell ref="A72:H72"/>
+    <mergeCell ref="A97:H97"/>
+    <mergeCell ref="A100:F100"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C2" location="'Реквизиты'!A1"/>
-    <hyperlink ref="D7" r:id="rId_hyperlink_1"/>
-[...29 lines deleted...]
-    <hyperlink ref="D40" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="D9" r:id="rId_hyperlink_1"/>
+    <hyperlink ref="D10" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="D11" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="D12" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="D13" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="D14" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="D15" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="D16" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="D17" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="D18" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="D19" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="D20" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="D21" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="D22" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="D23" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="D24" r:id="rId_hyperlink_16"/>
+    <hyperlink ref="D25" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="D26" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="D27" r:id="rId_hyperlink_19"/>
+    <hyperlink ref="D28" r:id="rId_hyperlink_20"/>
+    <hyperlink ref="D29" r:id="rId_hyperlink_21"/>
+    <hyperlink ref="D30" r:id="rId_hyperlink_22"/>
+    <hyperlink ref="D31" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="D32" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="D33" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="D34" r:id="rId_hyperlink_26"/>
+    <hyperlink ref="D35" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="D36" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="D37" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="D38" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="D39" r:id="rId_hyperlink_31"/>
     <hyperlink ref="D41" r:id="rId_hyperlink_32"/>
-    <hyperlink ref="D42" r:id="rId_hyperlink_33"/>
-[...45 lines deleted...]
-    <hyperlink ref="D89" r:id="rId_hyperlink_79"/>
+    <hyperlink ref="D43" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="D44" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="D45" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="D46" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="D47" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="D48" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="D49" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="D50" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="D51" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="D52" r:id="rId_hyperlink_42"/>
+    <hyperlink ref="D53" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="D54" r:id="rId_hyperlink_44"/>
+    <hyperlink ref="D55" r:id="rId_hyperlink_45"/>
+    <hyperlink ref="D56" r:id="rId_hyperlink_46"/>
+    <hyperlink ref="D57" r:id="rId_hyperlink_47"/>
+    <hyperlink ref="D58" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="D59" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="D60" r:id="rId_hyperlink_50"/>
+    <hyperlink ref="D61" r:id="rId_hyperlink_51"/>
+    <hyperlink ref="D62" r:id="rId_hyperlink_52"/>
+    <hyperlink ref="D63" r:id="rId_hyperlink_53"/>
+    <hyperlink ref="D64" r:id="rId_hyperlink_54"/>
+    <hyperlink ref="D65" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="D66" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="D67" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="D68" r:id="rId_hyperlink_58"/>
+    <hyperlink ref="D69" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="D70" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="D71" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="D73" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="D74" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="D75" r:id="rId_hyperlink_64"/>
+    <hyperlink ref="D76" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="D77" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="D78" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="D79" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="D80" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="D81" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="D82" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="D83" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="D84" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="D85" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="D86" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="D87" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="D88" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="D89" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="D90" r:id="rId_hyperlink_79"/>
     <hyperlink ref="D91" r:id="rId_hyperlink_80"/>
     <hyperlink ref="D92" r:id="rId_hyperlink_81"/>
     <hyperlink ref="D93" r:id="rId_hyperlink_82"/>
     <hyperlink ref="D94" r:id="rId_hyperlink_83"/>
     <hyperlink ref="D95" r:id="rId_hyperlink_84"/>
     <hyperlink ref="D96" r:id="rId_hyperlink_85"/>
-    <hyperlink ref="D97" r:id="rId_hyperlink_86"/>
-[...467 lines deleted...]
-    <hyperlink ref="D570" r:id="rId_hyperlink_554"/>
+    <hyperlink ref="D98" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="D99" r:id="rId_hyperlink_87"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="90" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1">
       <c r="A1" s="11" t="s">
-        <v>1599</v>
+        <v>207</v>
       </c>
     </row>
     <row r="2" spans="1:1">
       <c r="A2" t="s">
-        <v>1600</v>
+        <v>208</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" s="10" t="s">
-        <v>1601</v>
+        <v>209</v>
       </c>
     </row>
     <row r="4" spans="1:1">
       <c r="A4" t="s">
-        <v>1602</v>
+        <v>210</v>
       </c>
     </row>
     <row r="5" spans="1:1">
       <c r="A5" t="s">
-        <v>1603</v>
+        <v>211</v>
       </c>
     </row>
     <row r="6" spans="1:1">
       <c r="A6"/>
     </row>
     <row r="7" spans="1:1">
       <c r="A7" s="11" t="s">
-        <v>1604</v>
+        <v>212</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>