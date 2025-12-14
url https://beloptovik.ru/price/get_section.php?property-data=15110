--- v0 (2025-10-29)
+++ v1 (2025-12-14)
@@ -22,51 +22,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Реквизиты" sheetId="2" r:id="rId5"/>
     <sheet name="Worksheet" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="299">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
   <si>
     <t>+7 (499) 113-14-14</t>
   </si>
   <si>
     <t>Реквизиты</t>
   </si>
   <si>
     <t>Здравствуй, дорогой наш оптовый Покупатель! Мы очень рады, что Вы обратились к нашему сайту. Уверены, Вам понравятся ассортимент и условия нашей компании! 
 Каждый день мы работаем над качественным улучшением сервиса, находим новые интересные товары по приятной цене, 
 выполняем работу по законному ввозу товаров в страну (уплачивая все налоги и экологические сборы), 
 наш товар имеет все необходимые документы подтверждающие качество, перед отгрузкой обязательно осуществляем контроль качества, 
 работаем над развитием сайта и доступным донесением характеристик до Вашего конечного клиента.
 Будем рады видеть Вас в числе наших постоянных покупателей.</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Ссылка</t>
@@ -74,209 +74,140 @@
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Оптовая цена, RUB</t>
   </si>
   <si>
     <t>Кол-во единиц в заказе</t>
   </si>
   <si>
     <t>Сумма заказа, RUB</t>
   </si>
   <si>
     <t>Основной ассортимент</t>
   </si>
   <si>
     <t>No name</t>
   </si>
   <si>
     <t>Беспроводные сенсорные Bluetooth наушники TWS i58 с зарядным кейсом</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/55316/</t>
   </si>
   <si>
-    <t>Мяч надувной SAONA / Мяч для игр диаметром 28 см</t>
-[...7 lines deleted...]
-  <si>
     <t>Многофункциональный снуд для шеи DELUN экохлопковый</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/96970/</t>
   </si>
   <si>
     <t>BR9947S102</t>
   </si>
   <si>
     <t>Многофункциональный снуд для шеи флисовый NANUK</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/96974/</t>
   </si>
   <si>
     <t>BR900401</t>
   </si>
   <si>
     <t>Наушники беспроводные  Bluetooth littlePods, черные / УЦЕНКА</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/97228/</t>
   </si>
   <si>
     <t>47002.02-S</t>
   </si>
   <si>
     <t>Водонепроницаемый мешок - чехол ALETA для смартфона и документов 29.50х11.50 см.</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/97325/</t>
   </si>
   <si>
     <t>BO7531S105</t>
   </si>
   <si>
-    <t>Водонепроницаемый чехол - сумка  для смартфона, документов LANKA 24.50х13см. / Чехол для сенсорных экранов</t>
-[...7 lines deleted...]
-  <si>
     <t>Бутылка пластиковая для воды Sportes (матовая) 700 мл.</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/97531/</t>
   </si>
   <si>
     <t>Набор из 4 игр GALVY / Набор из настольных игр в деревянном футляре</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/97670/</t>
   </si>
   <si>
     <t>JU1014S129</t>
   </si>
   <si>
     <t>Домино из дерева DOMIS в коробке с раздвижной крышкой / 28 штук</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/97671/</t>
   </si>
   <si>
     <t>JU1013S129</t>
   </si>
   <si>
     <t>Бутылка из нержавеющей стали SOTOS 600 мл. / Термобутылка с бамбуковой крышкой и ремешком</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/97997/</t>
   </si>
   <si>
     <t>BI4100S1251</t>
   </si>
   <si>
-    <t>Ветровка / куртка спортивная водоотталкивающая ISLAND с потайным капюшоном</t>
-[...7 lines deleted...]
-  <si>
     <t>Толстовка "CAPUCHA", унисекс</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/99378/</t>
   </si>
   <si>
     <t>SU10870101</t>
   </si>
   <si>
-    <t>Толстовка "VINSON", унисекс</t>
-[...34 lines deleted...]
-  <si>
     <t>Бутылка стеклянная с силиконовой манжетой и бамбуковой крышкой  Glass 500 мл. / Термобутылка</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/105412/</t>
   </si>
   <si>
     <t>Бутылка пластиковая для воды Sportes 700 мл.</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/105493/</t>
   </si>
   <si>
-    <t>Пластиковая бутылка Solada 700 мл / Практичная и прочная</t>
-[...4 lines deleted...]
-  <si>
     <t>Пластиковая бутылка Verna 600 мл / Стильная, объемная и безопасная</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/105514/</t>
   </si>
   <si>
     <t>Пластиковая бутылка Verna Soft-touch 600 мл / Стильная и приятная на ощупь</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/105518/</t>
   </si>
   <si>
     <t>Пластиковая бутылка Narada Soft-touch 600 мл / Приятная на ощупь и стильная</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/105521/</t>
   </si>
   <si>
     <t>Пластиковая бутылка Narada 600 мл / Стильная и удобная</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/105524/</t>
   </si>
   <si>
     <t>Пластиковая бутылка Bonga 600 мл / Компактная и легкая</t>
@@ -344,92 +275,65 @@
   <si>
     <t>https://beloptovik.ru/catalog/product/105762/</t>
   </si>
   <si>
     <t>Бутылка для воды Flappy 500 мл. с ремешком, покрытие  Soft touch</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/105796/</t>
   </si>
   <si>
     <t>Рюкзак Spark c карманом для ноутбука 15,6"</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/106008/</t>
   </si>
   <si>
     <t>Пластиковая бутылка Сингапур 600 мл, оранжевая / УЦЕНКА</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/106056/</t>
   </si>
   <si>
     <t>14007.1.07-S</t>
   </si>
   <si>
-    <t>Толстовка «STREET»</t>
-[...13 lines deleted...]
-  <si>
     <t>Рюкзак SWS Comfort с отделением для ноутбука 15,6"</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/106705/</t>
   </si>
   <si>
     <t>Термобутылка герметичная вакуумная Olivia To Go с двойными стенками, цвет в ассортименте / Идеально подходит для горячих или холодных напитков</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/110808/</t>
   </si>
   <si>
     <t>5050.01.05</t>
   </si>
   <si>
-    <t>Базовый городской рюкзак BEAVIS с одним отделением на скрытой молнии, цвет в ассортименте / Уплотненные плечевые ремни и заднюю стенку</t>
-[...10 lines deleted...]
-  <si>
     <t>Городской рюкзак Arzes из полиэстера с внутренним карманом для ноутбука 15.6", цвет в ассортименте / Металлический шильд для нанесения logo</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/112077/</t>
   </si>
   <si>
     <t>Торг Лайнс</t>
   </si>
   <si>
     <t>Массажер акупунктурный для всего тела «Чудо-мячик», d 60 мм. Цвета Микс / 96 шт в кор</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/60541/</t>
   </si>
   <si>
     <t>Массажер-эспандер кистевой медицинский взрослый 76 х 22мм Цвета Микс / 60 шт в кор</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/60801/</t>
   </si>
   <si>
     <t>Массажер-эспандер кистевой медицинский детский 68 х 19мм Цвета Микс / 80 шт в кор</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/60802/</t>
@@ -561,56 +465,50 @@
     <t>https://beloptovik.ru/catalog/product/91736/</t>
   </si>
   <si>
     <t>Бинокль цифровой ночного видения R6 (5-ти кратный zoom) с ЖК-экраном, Full HD инфракрасная (ИК) цифр</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/92019/</t>
   </si>
   <si>
     <t>Портативная Bluethooth колонка CLIP 4 (IP67, до 5 часов работы, FM-радио)</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/92155/</t>
   </si>
   <si>
     <t>us-12289</t>
   </si>
   <si>
     <t>Палатка трехместная автоматическая XL 200 х 165 х 130 см. / тент самораскладывающийся для пляжа, для отдыха</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/92189/</t>
   </si>
   <si>
     <t>pa-12273</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://beloptovik.ru/catalog/product/92525/</t>
   </si>
   <si>
     <t>Платформа (тренажер) для отжиманий 12 позиций Training System / Спортивная доска с упорами</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/92526/</t>
   </si>
   <si>
     <t>Набор спортивных бутылок  Beautiful Sport 3в1 с разметкой и с маркерами времени / Спортивная бутылка</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/92762/</t>
   </si>
   <si>
     <t>bu-12487</t>
   </si>
   <si>
     <t>Беспроводные спортивные наушники с зажимом Hit Buds R17 с зарядным кейсом Bluetooth 5.3</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/93038/</t>
   </si>
   <si>
     <t>na-12481</t>
   </si>
@@ -1113,51 +1011,51 @@
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ec8df84b3f8b51d66eeb486674.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80d4884bd93a4b097be1ff8c3c008766.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7848900dcfdcccde2bd9b386117e3218.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f7d1ef3af40713520672544e9085393.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b603c68deee645ce7cef696c2c8edea3.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a657768c99977b6f70997545616445a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3c459aee23fb21454b5731df43e49d9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a67bede8223cbdcb76554a014e600e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bdb8a53ce8d2797eefa584cdcad6744.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da4807b1c2cd6b2cebde9e19c0815116.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce07ab5f03a7ae8bce7d9a6ca7021ab0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aac5fef79e69db6a1d63adcbe77588ee.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/269ac89f1f3f02856e5ff78213b39a29.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a11d55ee5c6fca8169a2c2608d24b7.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17fa84c8ba4d31e8ebe800c3f260e266.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2cb8b09af8af78500717a54e1dfa844.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e857f4340a23a5daabdee6d1cd36077e.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e571c57f8d9d8e5295e948a55c96509.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f4da47042b87b5f8b12b261e0119099.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d59f0c75759200dc65b391003d0065c.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344a641679a1ffbfa7a2419b641dd748.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f728536ac8e1998a4f181444c3de467.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac3c9e8c0a6281abeaebbd1e0f526bbd.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f81a55980a55bee697fdbc460f725b4.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7b91517bdd6882b76074d8ce64d994a.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90b275acd881465398b6a9d968ee2b87.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2151e8cc51dac4a5aa81e8eb836c7f94.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeb8267932915bf7b7a41b347500fc6b.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8271d0cf4b3ed4a834c0043b729fdd6.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5b69572245a482001538665600ea7a6.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9903bfa492b3e0d77b3fefcec2760739.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4928cdc6e141290f75b6a17c1bae057.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e2046a17ee77f921e5dd51253d9c272.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bded0e7bcba61fdbf420c9fa66c9328.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a534cdf5137e13688e0adac039b0bfb0.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bba137f0f2220dc0a2d1016472d0735.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a545fd078835c6e872fd78f2b7f8dc61.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7724009134d0a225ebf2faaa7769d8f.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777df17a1b419bb275f5a434f1e0ffcd.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64e3d796b8f3e89e39da3c589be422b5.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2785cdaffb372788568d494e0c11053.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a468932cd8c2841b52724690bdd9cd0c.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b81475d05e900b2349cde72554dbcf6.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/796557b6d7cdfe8f6470ccbf4bcb4612.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf553f2b02673979a831422e0ce7adba.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4367e8c60b1758e90aadd09a5f626c3.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0063e9172076efaa0b7a5cfa51d09c11.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feced62d90bdf15f38ec16b0b85ec7d9.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c56effba425385a258f3b8f98bb8bf2.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d08b60a665307ad22864c53e5e83e883.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8af2040c66ee80392df6d18b7a362e9f.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeb6da6093d9aa5824bc15ee4d7461f8.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2314d9357ea066fa1bc7e3e945a3ce0.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2982df4083756b23a2efe7100202d0d.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6927f219c326df100252aba22da7c86.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa0d9b15b20ee5dabc9bb14e0d87eb73.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ff6fbfbecc09fc34b3fd2c9716cb388.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeb6da6093d9aa5824bc15ee4d7461f8.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c73e6499411c6f4ae6f32b8f9136465.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fff9c3940805f530d9d64912543ebe1d.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178221347072a2af779b56f8a5ebd891.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/570f1471c171f9bfb6559074844ee7e3.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad252934324fcc93ce68e1800f74652e.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0054bca34c576561e09654eebdb0e766.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e0f49d5bf3b24b4f03aadb0d071ad1e.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8962c7726f476bd1a67b9d4a0f0e751.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa606e2e334a1e786d653d8ad67c079e.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bffc46e2fce03edb8d1cb0354131ed5.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1b775016186a3c6e73bce680b4320e6.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b1d328d967629cdf457c20f35e2b152.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afee5bbefa9a000e74f9e3e595439eaa.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc75511e0c9c8754e4dcedf95aed1f5f.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11750a34ff6d20bc61d8df9e00dd9d74.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17868faba0042d4ca9f00107e8586142.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8c08adae0c19da3abc03d0d7173cfd8.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c8909bad315f7a4a04629e353d6f2b1.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcf15c6699f7a3748849bfea4b1672ba.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02427ccbe2fe5b37e6892dc76ea2f15.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa8638642df8b8746a00a6c66c24fda.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/274a0f58c04a19173bf95f00ae729682.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b62eef77d4340a36086e3e84b00d24.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861359343dbc03e4a34471c790f66768.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bef63b4672e821ad5047f13cf63cb31.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6f2d7448e255a107ec5fdfd70d6621f.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48415f1efd52c1b0151ee809c8b62f2c.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf8f326c4f2f3fe3b5c095b110b40f57.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a2e29274dae93adf3804654cd44fc26.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9672652fe765e0cc157f658d6dab7f4d.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3925d0e20252ee28dc46fbb7ad2e5dfc.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2f2452196315b98b4e991455d19c8c5.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebe8cbb04267727cb3c6d10e04ab1b92.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b08e89941bde069502833483c1dae506.png"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e607add6c9b60aaaec62cf040ec956b7.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d018f9e4611df157ff585ce1eaa92c2.png"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a73cfd2d95b1251fa9a5b4bd0213cc4.png"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0268cbf44c973a28a67249277e60a264.png"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4528dcf5ee5e3d3c8ca850b99fb0cb20.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4652e5f49114b36cb9cf1169209e1468.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de056ca6be168c1e6731b4a58eb1f15c.png"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0c22ca7cd065a2fa379b35bdf512a85.png"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5a406494bedd6abfba95a01eee91280.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba93b5544335d43087fcff288535d210.png"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/477477b363ce74d5733d1316aa374edd.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a914d167b8f1ec15ecc4ec13f64279ad.png"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6ba0ad559646e98fbc247991fed015e.png"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e1563929314bb0ba0560fd5bc9bad1c.png"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20dfe2b58adf6f3d714be5c61f432926.www"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0961d7f0073f598c8e4eb7fbbcadb0.png"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2f645e88e99d16dd369f5eba96fb4b4.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65e899ef51c8044868a4fba2d61b7cf1.png"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f924bd248d900e5dd7cdbab3ebee4490.png"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae303f1440a875ca1c2aad1dd1d80428.png"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/546578ce89ceb5c79142382b4f70bb0a.png"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfe78daceadc9de11791f92fa11728aa.png"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90ae1ff192f02f431a03962d6b37b1b1.png"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd0c0ac7f4ac31851072dfd07c6585ae.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bd833c555a04a974c55188385000116.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ec8df84b3f8b51d66eeb486674.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80d4884bd93a4b097be1ff8c3c008766.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f7d1ef3af40713520672544e9085393.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b603c68deee645ce7cef696c2c8edea3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a657768c99977b6f70997545616445a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3c459aee23fb21454b5731df43e49d9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bdb8a53ce8d2797eefa584cdcad6744.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da4807b1c2cd6b2cebde9e19c0815116.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce07ab5f03a7ae8bce7d9a6ca7021ab0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aac5fef79e69db6a1d63adcbe77588ee.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a11d55ee5c6fca8169a2c2608d24b7.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f4da47042b87b5f8b12b261e0119099.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d59f0c75759200dc65b391003d0065c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f728536ac8e1998a4f181444c3de467.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac3c9e8c0a6281abeaebbd1e0f526bbd.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f81a55980a55bee697fdbc460f725b4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7b91517bdd6882b76074d8ce64d994a.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90b275acd881465398b6a9d968ee2b87.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2151e8cc51dac4a5aa81e8eb836c7f94.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeb8267932915bf7b7a41b347500fc6b.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8271d0cf4b3ed4a834c0043b729fdd6.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5b69572245a482001538665600ea7a6.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9903bfa492b3e0d77b3fefcec2760739.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4928cdc6e141290f75b6a17c1bae057.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e2046a17ee77f921e5dd51253d9c272.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bded0e7bcba61fdbf420c9fa66c9328.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a534cdf5137e13688e0adac039b0bfb0.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bba137f0f2220dc0a2d1016472d0735.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a545fd078835c6e872fd78f2b7f8dc61.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7724009134d0a225ebf2faaa7769d8f.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777df17a1b419bb275f5a434f1e0ffcd.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a468932cd8c2841b52724690bdd9cd0c.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b81475d05e900b2349cde72554dbcf6.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4367e8c60b1758e90aadd09a5f626c3.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0063e9172076efaa0b7a5cfa51d09c11.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feced62d90bdf15f38ec16b0b85ec7d9.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c56effba425385a258f3b8f98bb8bf2.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d08b60a665307ad22864c53e5e83e883.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8af2040c66ee80392df6d18b7a362e9f.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeb6da6093d9aa5824bc15ee4d7461f8.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2314d9357ea066fa1bc7e3e945a3ce0.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2982df4083756b23a2efe7100202d0d.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6927f219c326df100252aba22da7c86.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa0d9b15b20ee5dabc9bb14e0d87eb73.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ff6fbfbecc09fc34b3fd2c9716cb388.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeb6da6093d9aa5824bc15ee4d7461f8.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c73e6499411c6f4ae6f32b8f9136465.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fff9c3940805f530d9d64912543ebe1d.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178221347072a2af779b56f8a5ebd891.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/570f1471c171f9bfb6559074844ee7e3.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad252934324fcc93ce68e1800f74652e.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0054bca34c576561e09654eebdb0e766.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e0f49d5bf3b24b4f03aadb0d071ad1e.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8962c7726f476bd1a67b9d4a0f0e751.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa606e2e334a1e786d653d8ad67c079e.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1b775016186a3c6e73bce680b4320e6.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b1d328d967629cdf457c20f35e2b152.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afee5bbefa9a000e74f9e3e595439eaa.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc75511e0c9c8754e4dcedf95aed1f5f.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11750a34ff6d20bc61d8df9e00dd9d74.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17868faba0042d4ca9f00107e8586142.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8c08adae0c19da3abc03d0d7173cfd8.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c8909bad315f7a4a04629e353d6f2b1.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcf15c6699f7a3748849bfea4b1672ba.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02427ccbe2fe5b37e6892dc76ea2f15.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa8638642df8b8746a00a6c66c24fda.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/274a0f58c04a19173bf95f00ae729682.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b62eef77d4340a36086e3e84b00d24.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861359343dbc03e4a34471c790f66768.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bef63b4672e821ad5047f13cf63cb31.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6f2d7448e255a107ec5fdfd70d6621f.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48415f1efd52c1b0151ee809c8b62f2c.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf8f326c4f2f3fe3b5c095b110b40f57.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a2e29274dae93adf3804654cd44fc26.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9672652fe765e0cc157f658d6dab7f4d.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3925d0e20252ee28dc46fbb7ad2e5dfc.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2f2452196315b98b4e991455d19c8c5.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebe8cbb04267727cb3c6d10e04ab1b92.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b08e89941bde069502833483c1dae506.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e607add6c9b60aaaec62cf040ec956b7.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d018f9e4611df157ff585ce1eaa92c2.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a73cfd2d95b1251fa9a5b4bd0213cc4.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0268cbf44c973a28a67249277e60a264.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4528dcf5ee5e3d3c8ca850b99fb0cb20.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4652e5f49114b36cb9cf1169209e1468.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de056ca6be168c1e6731b4a58eb1f15c.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0c22ca7cd065a2fa379b35bdf512a85.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5a406494bedd6abfba95a01eee91280.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba93b5544335d43087fcff288535d210.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/477477b363ce74d5733d1316aa374edd.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a914d167b8f1ec15ecc4ec13f64279ad.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6ba0ad559646e98fbc247991fed015e.png"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e1563929314bb0ba0560fd5bc9bad1c.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20dfe2b58adf6f3d714be5c61f432926.www"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0961d7f0073f598c8e4eb7fbbcadb0.png"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2f645e88e99d16dd369f5eba96fb4b4.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65e899ef51c8044868a4fba2d61b7cf1.png"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f924bd248d900e5dd7cdbab3ebee4490.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae303f1440a875ca1c2aad1dd1d80428.png"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/546578ce89ceb5c79142382b4f70bb0a.png"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfe78daceadc9de11791f92fa11728aa.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90ae1ff192f02f431a03962d6b37b1b1.png"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd0c0ac7f4ac31851072dfd07c6585ae.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bd833c555a04a974c55188385000116.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1619250" cy="314325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Logo" descr="Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1185,51 +1083,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="952500" cy="857250"/>
+    <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1335,3330 +1233,2940 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="952500" cy="828675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="971550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="962025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="Tovar" descr="Tovar"/>
-[...23 lines deleted...]
-      <xdr:row>14</xdr:row>
+        <xdr:cNvPr id="11" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Tovar" descr="Tovar"/>
-[...53 lines deleted...]
-      <xdr:row>16</xdr:row>
+        <xdr:cNvPr id="12" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="838200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="962025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="981075"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="942975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="962025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="904875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="942975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="923925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1047750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="885825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="962025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1038225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="962025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="942975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="838200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1038225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="971550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="Tovar" descr="Tovar"/>
-[...23 lines deleted...]
-      <xdr:row>17</xdr:row>
+        <xdr:cNvPr id="65" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>78</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="962025"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="Tovar" descr="Tovar"/>
-[...23 lines deleted...]
-      <xdr:row>18</xdr:row>
+        <xdr:cNvPr id="70" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1190625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="885825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="Tovar" descr="Tovar"/>
-[...23 lines deleted...]
-      <xdr:row>19</xdr:row>
+        <xdr:cNvPr id="73" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>82</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="Tovar" descr="Tovar"/>
-[...23 lines deleted...]
-      <xdr:row>20</xdr:row>
+        <xdr:cNvPr id="74" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="933450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1190625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>85</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="Tovar" descr="Tovar"/>
-[...23 lines deleted...]
-      <xdr:row>21</xdr:row>
+        <xdr:cNvPr id="77" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="923925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1143000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1057275"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="990600"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1266825"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="866775"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>92</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="Tovar" descr="Tovar"/>
-[...23 lines deleted...]
-      <xdr:row>22</xdr:row>
+        <xdr:cNvPr id="84" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1085850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>94</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="Tovar" descr="Tovar"/>
-[...23 lines deleted...]
-      <xdr:row>23</xdr:row>
+        <xdr:cNvPr id="86" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="933450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="971550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1238250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="Tovar" descr="Tovar"/>
-[...23 lines deleted...]
-      <xdr:row>24</xdr:row>
+        <xdr:cNvPr id="90" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1162050"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1257300"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>101</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="Tovar" descr="Tovar"/>
-[...23 lines deleted...]
-      <xdr:row>25</xdr:row>
+        <xdr:cNvPr id="93" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="95250000"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="933450"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>104</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="Tovar" descr="Tovar"/>
-[...23 lines deleted...]
-      <xdr:row>26</xdr:row>
+        <xdr:cNvPr id="96" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="809625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="714375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="847725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1085850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="971550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1190625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="Tovar" descr="Tovar"/>
-[...23 lines deleted...]
-      <xdr:row>27</xdr:row>
+        <xdr:cNvPr id="103" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>113</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="Tovar" descr="Tovar"/>
-[...2458 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="104" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
-        <a:stretch>
-[...388 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4917,71 +4425,71 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/55316/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/96950/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/96970/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/96974/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97228/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97325/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97329/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97531/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97670/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97671/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97997/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/98443/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/99378/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/99510/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/100762/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/102474/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/103005/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105412/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105493/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105510/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105514/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105518/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105521/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105524/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105529/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105535/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105540/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105562/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105569/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105581/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105589/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105659/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105710/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105717/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105762/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105796/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106008/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106056/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106212/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106254/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106705/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110808/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/112037/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/112073/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/112077/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/60541/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/60801/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/60802/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/65730/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/55289/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/57449/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/57478/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/58830/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/59024/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/59104/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/59259/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/62462/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/62698/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/62934/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/63468/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/87623/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/91474/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/91736/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92019/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92155/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92189/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92525/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92526/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92762/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93038/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93042/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93127/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93204/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93209/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93300/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93365/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93555/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93662/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93685/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94331/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94480/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94484/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106931/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106941/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107043/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107052/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107061/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107088/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107089/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107090/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107683/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107694/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107700/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108433/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108454/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108455/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108706/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108708/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108709/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108710/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108738/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109553/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110667/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113474/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113476/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143154/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143358/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143635/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143649/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143653/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143654/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143811/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143932/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143971/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139537/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139648/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/55316/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/96970/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/96974/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97228/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97325/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97531/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97670/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97671/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97997/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/99378/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105412/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105493/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105514/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105518/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105521/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105524/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105529/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105535/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105540/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105562/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105569/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105581/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105589/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105659/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105710/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105717/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105762/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105796/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106008/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106056/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106705/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110808/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/112077/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/60541/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/60801/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/60802/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/65730/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/55289/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/57449/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/57478/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/58830/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/59024/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/59104/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/59259/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/62462/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/62698/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/62934/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/63468/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/87623/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/91474/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/91736/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92019/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92155/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92189/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92526/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92762/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93038/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93042/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93127/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93204/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93209/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93300/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93365/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93555/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93662/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93685/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94331/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94480/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94484/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106931/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106941/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107043/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107052/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107061/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107088/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107089/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107090/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107683/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107694/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107700/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108433/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108454/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108455/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108706/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108708/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108709/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108710/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108738/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109553/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110667/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113474/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113476/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143154/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143358/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143635/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143649/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143653/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143654/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143811/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143932/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143971/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139537/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139648/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wa.me/79778021153" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H128"/>
+  <dimension ref="A1:H115"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A128" sqref="A128"/>
+      <selection pane="bottomLeft" activeCell="A115" sqref="A115"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="90" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="80">
       <c r="A1"/>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="5"/>
       <c r="E2" s="3"/>
@@ -5032,3066 +4540,2741 @@
         <v>12</v>
       </c>
       <c r="B7" s="9"/>
       <c r="C7" s="9"/>
       <c r="D7" s="9"/>
       <c r="E7" s="9"/>
       <c r="F7" s="9"/>
       <c r="G7" s="9"/>
       <c r="H7" s="9"/>
     </row>
     <row r="8" spans="1:8" customHeight="1" ht="90">
       <c r="A8" s="12">
         <v>55316</v>
       </c>
       <c r="B8" s="12"/>
       <c r="C8" s="12" t="s">
         <v>13</v>
       </c>
       <c r="D8" s="13" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="14">
         <v>47000.01</v>
       </c>
       <c r="F8" s="12">
-        <v>2351.0</v>
+        <v>1129.0</v>
       </c>
       <c r="G8" s="12">
         <v>0</v>
       </c>
       <c r="H8" s="12">
         <f>F8*G8</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="90">
       <c r="A9" s="12">
-        <v>96950</v>
+        <v>96970</v>
       </c>
       <c r="B9" s="12"/>
       <c r="C9" s="12" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="12">
-        <v>98.0</v>
+        <v>361.0</v>
       </c>
       <c r="G9" s="12">
         <v>0</v>
       </c>
       <c r="H9" s="12">
         <f>F9*G9</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="90">
       <c r="A10" s="12">
-        <v>96970</v>
+        <v>96974</v>
       </c>
       <c r="B10" s="12"/>
       <c r="C10" s="12" t="s">
         <v>18</v>
       </c>
       <c r="D10" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E10" s="14" t="s">
         <v>20</v>
       </c>
       <c r="F10" s="12">
-        <v>361.0</v>
+        <v>104.0</v>
       </c>
       <c r="G10" s="12">
         <v>0</v>
       </c>
       <c r="H10" s="12">
         <f>F10*G10</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="90">
       <c r="A11" s="12">
-        <v>96974</v>
+        <v>97228</v>
       </c>
       <c r="B11" s="12"/>
       <c r="C11" s="12" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="13" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="14" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="12">
-        <v>104.0</v>
+        <v>532.0</v>
       </c>
       <c r="G11" s="12">
         <v>0</v>
       </c>
       <c r="H11" s="12">
         <f>F11*G11</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="90">
       <c r="A12" s="12">
-        <v>97228</v>
+        <v>97325</v>
       </c>
       <c r="B12" s="12"/>
       <c r="C12" s="12" t="s">
         <v>24</v>
       </c>
       <c r="D12" s="13" t="s">
         <v>25</v>
       </c>
       <c r="E12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="F12" s="12">
-        <v>532.0</v>
+        <v>432.0</v>
       </c>
       <c r="G12" s="12">
         <v>0</v>
       </c>
       <c r="H12" s="12">
         <f>F12*G12</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="90">
       <c r="A13" s="12">
-        <v>97325</v>
+        <v>97531</v>
       </c>
       <c r="B13" s="12"/>
       <c r="C13" s="12" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="E13" s="14" t="s">
-        <v>29</v>
+      <c r="E13" s="14">
+        <v>14034.01</v>
       </c>
       <c r="F13" s="12">
-        <v>432.0</v>
+        <v>439.0</v>
       </c>
       <c r="G13" s="12">
         <v>0</v>
       </c>
       <c r="H13" s="12">
         <f>F13*G13</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="90">
       <c r="A14" s="12">
-        <v>97329</v>
+        <v>97670</v>
       </c>
       <c r="B14" s="12"/>
       <c r="C14" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D14" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="D14" s="13" t="s">
+      <c r="E14" s="14" t="s">
         <v>31</v>
       </c>
-      <c r="E14" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="12">
-        <v>124.0</v>
+        <v>690.0</v>
       </c>
       <c r="G14" s="12">
         <v>0</v>
       </c>
       <c r="H14" s="12">
         <f>F14*G14</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="90">
       <c r="A15" s="12">
-        <v>97531</v>
+        <v>97671</v>
       </c>
       <c r="B15" s="12"/>
       <c r="C15" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="D15" s="13" t="s">
+      <c r="E15" s="14" t="s">
         <v>34</v>
       </c>
-      <c r="E15" s="14">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="12">
-        <v>439.0</v>
+        <v>156.0</v>
       </c>
       <c r="G15" s="12">
         <v>0</v>
       </c>
       <c r="H15" s="12">
         <f>F15*G15</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="90">
       <c r="A16" s="12">
-        <v>97670</v>
+        <v>97997</v>
       </c>
       <c r="B16" s="12"/>
       <c r="C16" s="12" t="s">
         <v>35</v>
       </c>
       <c r="D16" s="13" t="s">
         <v>36</v>
       </c>
       <c r="E16" s="14" t="s">
         <v>37</v>
       </c>
       <c r="F16" s="12">
-        <v>661.0</v>
+        <v>999.0</v>
       </c>
       <c r="G16" s="12">
         <v>0</v>
       </c>
       <c r="H16" s="12">
         <f>F16*G16</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="90">
       <c r="A17" s="12">
-        <v>97671</v>
+        <v>99378</v>
       </c>
       <c r="B17" s="12"/>
       <c r="C17" s="12" t="s">
         <v>38</v>
       </c>
       <c r="D17" s="13" t="s">
         <v>39</v>
       </c>
       <c r="E17" s="14" t="s">
         <v>40</v>
       </c>
       <c r="F17" s="12">
-        <v>163.0</v>
+        <v>2333.0</v>
       </c>
       <c r="G17" s="12">
         <v>0</v>
       </c>
       <c r="H17" s="12">
         <f>F17*G17</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="90">
       <c r="A18" s="12">
-        <v>97997</v>
+        <v>105412</v>
       </c>
       <c r="B18" s="12"/>
       <c r="C18" s="12" t="s">
         <v>41</v>
       </c>
       <c r="D18" s="13" t="s">
         <v>42</v>
       </c>
-      <c r="E18" s="14" t="s">
-        <v>43</v>
+      <c r="E18" s="14">
+        <v>14032.03</v>
       </c>
       <c r="F18" s="12">
-        <v>999.0</v>
+        <v>568.0</v>
       </c>
       <c r="G18" s="12">
         <v>0</v>
       </c>
       <c r="H18" s="12">
         <f>F18*G18</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="90">
       <c r="A19" s="12">
-        <v>98443</v>
+        <v>105493</v>
       </c>
       <c r="B19" s="12"/>
       <c r="C19" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="D19" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="D19" s="13" t="s">
-[...3 lines deleted...]
-        <v>46</v>
+      <c r="E19" s="14">
+        <v>14009.06</v>
       </c>
       <c r="F19" s="12">
-        <v>1667.0</v>
+        <v>247.0</v>
       </c>
       <c r="G19" s="12">
         <v>0</v>
       </c>
       <c r="H19" s="12">
         <f>F19*G19</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="90">
       <c r="A20" s="12">
-        <v>99378</v>
+        <v>105514</v>
       </c>
       <c r="B20" s="12"/>
       <c r="C20" s="12" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D20" s="13" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>46</v>
+      </c>
+      <c r="E20" s="14">
+        <v>14019.07</v>
       </c>
       <c r="F20" s="12">
-        <v>2333.0</v>
+        <v>326.0</v>
       </c>
       <c r="G20" s="12">
         <v>0</v>
       </c>
       <c r="H20" s="12">
         <f>F20*G20</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="90">
       <c r="A21" s="12">
-        <v>99510</v>
+        <v>105518</v>
       </c>
       <c r="B21" s="12"/>
       <c r="C21" s="12" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D21" s="13" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>48</v>
+      </c>
+      <c r="E21" s="14">
+        <v>14020.05</v>
       </c>
       <c r="F21" s="12">
-        <v>3780.0</v>
+        <v>354.0</v>
       </c>
       <c r="G21" s="12">
         <v>0</v>
       </c>
       <c r="H21" s="12">
         <f>F21*G21</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="90">
       <c r="A22" s="12">
-        <v>100762</v>
+        <v>105521</v>
       </c>
       <c r="B22" s="12"/>
       <c r="C22" s="12" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D22" s="13" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>50</v>
+      </c>
+      <c r="E22" s="14">
+        <v>14018.05</v>
       </c>
       <c r="F22" s="12">
-        <v>3762.0</v>
+        <v>382.0</v>
       </c>
       <c r="G22" s="12">
         <v>0</v>
       </c>
       <c r="H22" s="12">
         <f>F22*G22</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="90">
       <c r="A23" s="12">
-        <v>102474</v>
+        <v>105524</v>
       </c>
       <c r="B23" s="12"/>
       <c r="C23" s="12" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="D23" s="13" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>52</v>
+      </c>
+      <c r="E23" s="14">
+        <v>14017.03</v>
       </c>
       <c r="F23" s="12">
-        <v>638.0</v>
+        <v>352.0</v>
       </c>
       <c r="G23" s="12">
         <v>0</v>
       </c>
       <c r="H23" s="12">
         <f>F23*G23</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="90">
       <c r="A24" s="12">
-        <v>103005</v>
+        <v>105529</v>
       </c>
       <c r="B24" s="12"/>
       <c r="C24" s="12" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="D24" s="13" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>54</v>
+      </c>
+      <c r="E24" s="14">
+        <v>14016.07</v>
       </c>
       <c r="F24" s="12">
-        <v>583.0</v>
+        <v>359.0</v>
       </c>
       <c r="G24" s="12">
         <v>0</v>
       </c>
       <c r="H24" s="12">
         <f>F24*G24</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="90">
       <c r="A25" s="12">
-        <v>105412</v>
+        <v>105535</v>
       </c>
       <c r="B25" s="12"/>
       <c r="C25" s="12" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="D25" s="13" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="E25" s="14">
-        <v>14032.03</v>
+        <v>14015.05</v>
       </c>
       <c r="F25" s="12">
-        <v>811.0</v>
+        <v>431.0</v>
       </c>
       <c r="G25" s="12">
         <v>0</v>
       </c>
       <c r="H25" s="12">
         <f>F25*G25</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:8" customHeight="1" ht="90">
       <c r="A26" s="12">
-        <v>105493</v>
+        <v>105540</v>
       </c>
       <c r="B26" s="12"/>
       <c r="C26" s="12" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="D26" s="13" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="E26" s="14">
-        <v>14009.06</v>
+        <v>14026.01</v>
       </c>
       <c r="F26" s="12">
-        <v>247.0</v>
+        <v>359.0</v>
       </c>
       <c r="G26" s="12">
         <v>0</v>
       </c>
       <c r="H26" s="12">
         <f>F26*G26</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="90">
       <c r="A27" s="12">
-        <v>105510</v>
+        <v>105562</v>
       </c>
       <c r="B27" s="12"/>
       <c r="C27" s="12" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="D27" s="13" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="E27" s="14">
-        <v>14021.02</v>
+        <v>14012.07</v>
       </c>
       <c r="F27" s="12">
-        <v>467.0</v>
+        <v>371.0</v>
       </c>
       <c r="G27" s="12">
         <v>0</v>
       </c>
       <c r="H27" s="12">
         <f>F27*G27</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="90">
       <c r="A28" s="12">
-        <v>105514</v>
+        <v>105569</v>
       </c>
       <c r="B28" s="12"/>
       <c r="C28" s="12" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="D28" s="13" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="E28" s="14">
-        <v>14019.07</v>
+        <v>14023.03</v>
       </c>
       <c r="F28" s="12">
-        <v>326.0</v>
+        <v>256.0</v>
       </c>
       <c r="G28" s="12">
         <v>0</v>
       </c>
       <c r="H28" s="12">
         <f>F28*G28</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:8" customHeight="1" ht="90">
       <c r="A29" s="12">
-        <v>105518</v>
+        <v>105581</v>
       </c>
       <c r="B29" s="12"/>
       <c r="C29" s="12" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="D29" s="13" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="E29" s="14">
-        <v>14020.05</v>
+        <v>14014.02</v>
       </c>
       <c r="F29" s="12">
-        <v>354.0</v>
+        <v>267.0</v>
       </c>
       <c r="G29" s="12">
         <v>0</v>
       </c>
       <c r="H29" s="12">
         <f>F29*G29</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:8" customHeight="1" ht="90">
       <c r="A30" s="12">
-        <v>105521</v>
+        <v>105589</v>
       </c>
       <c r="B30" s="12"/>
       <c r="C30" s="12" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="D30" s="13" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="E30" s="14">
-        <v>14018.05</v>
+        <v>14028.01</v>
       </c>
       <c r="F30" s="12">
-        <v>510.0</v>
+        <v>252.0</v>
       </c>
       <c r="G30" s="12">
         <v>0</v>
       </c>
       <c r="H30" s="12">
         <f>F30*G30</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="90">
       <c r="A31" s="12">
-        <v>105524</v>
+        <v>105659</v>
       </c>
       <c r="B31" s="12"/>
       <c r="C31" s="12" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="D31" s="13" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="E31" s="14">
-        <v>14017.03</v>
+        <v>14029.07</v>
       </c>
       <c r="F31" s="12">
-        <v>470.0</v>
+        <v>362.0</v>
       </c>
       <c r="G31" s="12">
         <v>0</v>
       </c>
       <c r="H31" s="12">
         <f>F31*G31</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8" customHeight="1" ht="90">
       <c r="A32" s="12">
-        <v>105529</v>
+        <v>105710</v>
       </c>
       <c r="B32" s="12"/>
       <c r="C32" s="12" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="D32" s="13" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="E32" s="14">
-        <v>14016.07</v>
+        <v>14027.03</v>
       </c>
       <c r="F32" s="12">
-        <v>467.0</v>
+        <v>333.0</v>
       </c>
       <c r="G32" s="12">
         <v>0</v>
       </c>
       <c r="H32" s="12">
         <f>F32*G32</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:8" customHeight="1" ht="90">
       <c r="A33" s="12">
-        <v>105535</v>
+        <v>105717</v>
       </c>
       <c r="B33" s="12"/>
       <c r="C33" s="12" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="D33" s="13" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="E33" s="14">
-        <v>14015.05</v>
+        <v>14022.04</v>
       </c>
       <c r="F33" s="12">
-        <v>513.0</v>
+        <v>389.0</v>
       </c>
       <c r="G33" s="12">
         <v>0</v>
       </c>
       <c r="H33" s="12">
         <f>F33*G33</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:8" customHeight="1" ht="90">
       <c r="A34" s="12">
-        <v>105540</v>
+        <v>105762</v>
       </c>
       <c r="B34" s="12"/>
       <c r="C34" s="12" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="D34" s="13" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="E34" s="14">
-        <v>14026.01</v>
+        <v>47004.05</v>
       </c>
       <c r="F34" s="12">
-        <v>359.0</v>
+        <v>534.0</v>
       </c>
       <c r="G34" s="12">
         <v>0</v>
       </c>
       <c r="H34" s="12">
         <f>F34*G34</f>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="90">
       <c r="A35" s="12">
-        <v>105562</v>
+        <v>105796</v>
       </c>
       <c r="B35" s="12"/>
       <c r="C35" s="12" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="D35" s="13" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="E35" s="14">
-        <v>14012.07</v>
+        <v>14001.01</v>
       </c>
       <c r="F35" s="12">
-        <v>371.0</v>
+        <v>396.0</v>
       </c>
       <c r="G35" s="12">
         <v>0</v>
       </c>
       <c r="H35" s="12">
         <f>F35*G35</f>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:8" customHeight="1" ht="90">
       <c r="A36" s="12">
-        <v>105569</v>
+        <v>106008</v>
       </c>
       <c r="B36" s="12"/>
       <c r="C36" s="12" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="D36" s="13" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="E36" s="14">
-        <v>14023.03</v>
+        <v>4016.02</v>
       </c>
       <c r="F36" s="12">
-        <v>283.0</v>
+        <v>3370.0</v>
       </c>
       <c r="G36" s="12">
         <v>0</v>
       </c>
       <c r="H36" s="12">
         <f>F36*G36</f>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:8" customHeight="1" ht="90">
       <c r="A37" s="12">
-        <v>105581</v>
+        <v>106056</v>
       </c>
       <c r="B37" s="12"/>
       <c r="C37" s="12" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="D37" s="13" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>14014.02</v>
+        <v>80</v>
+      </c>
+      <c r="E37" s="14" t="s">
+        <v>81</v>
       </c>
       <c r="F37" s="12">
-        <v>333.0</v>
+        <v>132.0</v>
       </c>
       <c r="G37" s="12">
         <v>0</v>
       </c>
       <c r="H37" s="12">
         <f>F37*G37</f>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:8" customHeight="1" ht="90">
       <c r="A38" s="12">
-        <v>105589</v>
+        <v>106705</v>
       </c>
       <c r="B38" s="12"/>
       <c r="C38" s="12" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="D38" s="13" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="E38" s="14">
-        <v>14028.01</v>
+        <v>4001.03</v>
       </c>
       <c r="F38" s="12">
-        <v>360.0</v>
+        <v>1007.0</v>
       </c>
       <c r="G38" s="12">
         <v>0</v>
       </c>
       <c r="H38" s="12">
         <f>F38*G38</f>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="90">
       <c r="A39" s="12">
-        <v>105659</v>
+        <v>110808</v>
       </c>
       <c r="B39" s="12"/>
       <c r="C39" s="12" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="D39" s="13" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>14029.07</v>
+        <v>85</v>
+      </c>
+      <c r="E39" s="14" t="s">
+        <v>86</v>
       </c>
       <c r="F39" s="12">
-        <v>362.0</v>
+        <v>1128.0</v>
       </c>
       <c r="G39" s="12">
         <v>0</v>
       </c>
       <c r="H39" s="12">
         <f>F39*G39</f>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:8" customHeight="1" ht="90">
       <c r="A40" s="12">
-        <v>105710</v>
+        <v>112077</v>
       </c>
       <c r="B40" s="12"/>
       <c r="C40" s="12" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="D40" s="13" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="E40" s="14">
-        <v>14027.03</v>
+        <v>4036.02</v>
       </c>
       <c r="F40" s="12">
-        <v>333.0</v>
+        <v>2556.0</v>
       </c>
       <c r="G40" s="12">
         <v>0</v>
       </c>
       <c r="H40" s="12">
         <f>F40*G40</f>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:8" customHeight="1" ht="90">
-[...22 lines deleted...]
-      </c>
+    <row r="41" spans="1:8">
+      <c r="A41" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="B41" s="9"/>
+      <c r="C41" s="9"/>
+      <c r="D41" s="9"/>
+      <c r="E41" s="9"/>
+      <c r="F41" s="9"/>
+      <c r="G41" s="9"/>
+      <c r="H41" s="9"/>
     </row>
     <row r="42" spans="1:8" customHeight="1" ht="90">
       <c r="A42" s="12">
-        <v>105762</v>
+        <v>60541</v>
       </c>
       <c r="B42" s="12"/>
       <c r="C42" s="12" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="D42" s="13" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="E42" s="14">
-        <v>47004.05</v>
+        <v>5699</v>
       </c>
       <c r="F42" s="12">
-        <v>1114.0</v>
+        <v>105.82</v>
       </c>
       <c r="G42" s="12">
         <v>0</v>
       </c>
       <c r="H42" s="12">
         <f>F42*G42</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="90">
       <c r="A43" s="12">
-        <v>105796</v>
+        <v>60801</v>
       </c>
       <c r="B43" s="12"/>
       <c r="C43" s="12" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="D43" s="13" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="E43" s="14">
-        <v>14001.01</v>
+        <v>5424</v>
       </c>
       <c r="F43" s="12">
-        <v>396.0</v>
+        <v>71.34</v>
       </c>
       <c r="G43" s="12">
         <v>0</v>
       </c>
       <c r="H43" s="12">
         <f>F43*G43</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:8" customHeight="1" ht="90">
       <c r="A44" s="12">
-        <v>106008</v>
+        <v>60802</v>
       </c>
       <c r="B44" s="12"/>
       <c r="C44" s="12" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="D44" s="13" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="E44" s="14">
-        <v>4016.02</v>
+        <v>5423</v>
       </c>
       <c r="F44" s="12">
-        <v>3370.0</v>
+        <v>65.52</v>
       </c>
       <c r="G44" s="12">
         <v>0</v>
       </c>
       <c r="H44" s="12">
         <f>F44*G44</f>
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="1:8" customHeight="1" ht="90">
-[...22 lines deleted...]
-      </c>
+    <row r="45" spans="1:8">
+      <c r="A45" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="B45" s="9"/>
+      <c r="C45" s="9"/>
+      <c r="D45" s="9"/>
+      <c r="E45" s="9"/>
+      <c r="F45" s="9"/>
+      <c r="G45" s="9"/>
+      <c r="H45" s="9"/>
     </row>
     <row r="46" spans="1:8" customHeight="1" ht="90">
       <c r="A46" s="12">
-        <v>106212</v>
+        <v>65730</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="D46" s="13" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>98</v>
+      </c>
+      <c r="E46" s="14">
+        <v>11664</v>
       </c>
       <c r="F46" s="12">
-        <v>2118.0</v>
+        <v>1265.0</v>
       </c>
       <c r="G46" s="12">
         <v>0</v>
       </c>
       <c r="H46" s="12">
         <f>F46*G46</f>
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="1:8" customHeight="1" ht="90">
-[...22 lines deleted...]
-      </c>
+    <row r="47" spans="1:8">
+      <c r="A47" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="B47" s="9"/>
+      <c r="C47" s="9"/>
+      <c r="D47" s="9"/>
+      <c r="E47" s="9"/>
+      <c r="F47" s="9"/>
+      <c r="G47" s="9"/>
+      <c r="H47" s="9"/>
     </row>
     <row r="48" spans="1:8" customHeight="1" ht="90">
       <c r="A48" s="12">
-        <v>106705</v>
+        <v>55289</v>
       </c>
       <c r="B48" s="12"/>
       <c r="C48" s="12" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="D48" s="13" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>4001.03</v>
+        <v>101</v>
+      </c>
+      <c r="E48" s="14" t="s">
+        <v>102</v>
       </c>
       <c r="F48" s="12">
-        <v>1007.0</v>
+        <v>175.0</v>
       </c>
       <c r="G48" s="12">
         <v>0</v>
       </c>
       <c r="H48" s="12">
         <f>F48*G48</f>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:8" customHeight="1" ht="90">
       <c r="A49" s="12">
-        <v>110808</v>
+        <v>57449</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="D49" s="13" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>104</v>
+      </c>
+      <c r="E49" s="14">
+        <v>8981</v>
       </c>
       <c r="F49" s="12">
-        <v>1128.0</v>
+        <v>115.0</v>
       </c>
       <c r="G49" s="12">
         <v>0</v>
       </c>
       <c r="H49" s="12">
         <f>F49*G49</f>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:8" customHeight="1" ht="90">
       <c r="A50" s="12">
-        <v>112037</v>
+        <v>57478</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="D50" s="13" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>4045.1</v>
+        <v>106</v>
+      </c>
+      <c r="E50" s="14" t="s">
+        <v>107</v>
       </c>
       <c r="F50" s="12">
-        <v>652.0</v>
+        <v>920.0</v>
       </c>
       <c r="G50" s="12">
         <v>0</v>
       </c>
       <c r="H50" s="12">
         <f>F50*G50</f>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:8" customHeight="1" ht="90">
       <c r="A51" s="12">
-        <v>112073</v>
+        <v>58830</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="D51" s="13" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>4037.02</v>
+        <v>109</v>
+      </c>
+      <c r="E51" s="14" t="s">
+        <v>110</v>
       </c>
       <c r="F51" s="12">
-        <v>2889.0</v>
+        <v>290.0</v>
       </c>
       <c r="G51" s="12">
         <v>0</v>
       </c>
       <c r="H51" s="12">
         <f>F51*G51</f>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:8" customHeight="1" ht="90">
       <c r="A52" s="12">
-        <v>112077</v>
+        <v>59024</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="D52" s="13" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>4036.02</v>
+        <v>112</v>
+      </c>
+      <c r="E52" s="14" t="s">
+        <v>113</v>
       </c>
       <c r="F52" s="12">
-        <v>2556.0</v>
+        <v>690.0</v>
       </c>
       <c r="G52" s="12">
         <v>0</v>
       </c>
       <c r="H52" s="12">
         <f>F52*G52</f>
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="1:8">
-[...9 lines deleted...]
-      <c r="H53" s="9"/>
+    <row r="53" spans="1:8" customHeight="1" ht="90">
+      <c r="A53" s="12">
+        <v>59104</v>
+      </c>
+      <c r="B53" s="12"/>
+      <c r="C53" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="D53" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="E53" s="14" t="s">
+        <v>116</v>
+      </c>
+      <c r="F53" s="12">
+        <v>290.0</v>
+      </c>
+      <c r="G53" s="12">
+        <v>0</v>
+      </c>
+      <c r="H53" s="12">
+        <f>F53*G53</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="54" spans="1:8" customHeight="1" ht="90">
       <c r="A54" s="12">
-        <v>60541</v>
+        <v>59259</v>
       </c>
       <c r="B54" s="12"/>
       <c r="C54" s="12" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D54" s="13" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>5699</v>
+        <v>118</v>
+      </c>
+      <c r="E54" s="14" t="s">
+        <v>119</v>
       </c>
       <c r="F54" s="12">
-        <v>105.82</v>
+        <v>288.0</v>
       </c>
       <c r="G54" s="12">
         <v>0</v>
       </c>
       <c r="H54" s="12">
         <f>F54*G54</f>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:8" customHeight="1" ht="90">
       <c r="A55" s="12">
-        <v>60801</v>
+        <v>62462</v>
       </c>
       <c r="B55" s="12"/>
       <c r="C55" s="12" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="D55" s="13" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>5424</v>
+        <v>121</v>
+      </c>
+      <c r="E55" s="14" t="s">
+        <v>122</v>
       </c>
       <c r="F55" s="12">
-        <v>71.34</v>
+        <v>115.0</v>
       </c>
       <c r="G55" s="12">
         <v>0</v>
       </c>
       <c r="H55" s="12">
         <f>F55*G55</f>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:8" customHeight="1" ht="90">
       <c r="A56" s="12">
-        <v>60802</v>
+        <v>62698</v>
       </c>
       <c r="B56" s="12"/>
       <c r="C56" s="12" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="D56" s="13" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>5423</v>
+        <v>124</v>
+      </c>
+      <c r="E56" s="14" t="s">
+        <v>125</v>
       </c>
       <c r="F56" s="12">
-        <v>65.52</v>
+        <v>170.0</v>
       </c>
       <c r="G56" s="12">
         <v>0</v>
       </c>
       <c r="H56" s="12">
         <f>F56*G56</f>
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="1:8">
-[...9 lines deleted...]
-      <c r="H57" s="9"/>
+    <row r="57" spans="1:8" customHeight="1" ht="90">
+      <c r="A57" s="12">
+        <v>62934</v>
+      </c>
+      <c r="B57" s="12"/>
+      <c r="C57" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="D57" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="E57" s="14">
+        <v>208071</v>
+      </c>
+      <c r="F57" s="12">
+        <v>520.0</v>
+      </c>
+      <c r="G57" s="12">
+        <v>0</v>
+      </c>
+      <c r="H57" s="12">
+        <f>F57*G57</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="58" spans="1:8" customHeight="1" ht="90">
       <c r="A58" s="12">
-        <v>65730</v>
+        <v>63468</v>
       </c>
       <c r="B58" s="12"/>
       <c r="C58" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="D58" s="13" t="s">
         <v>129</v>
       </c>
-      <c r="D58" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58" s="14">
-        <v>11664</v>
+        <v>1475291064728</v>
       </c>
       <c r="F58" s="12">
-        <v>1265.0</v>
+        <v>350.0</v>
       </c>
       <c r="G58" s="12">
         <v>0</v>
       </c>
       <c r="H58" s="12">
         <f>F58*G58</f>
         <v>0</v>
       </c>
     </row>
-    <row r="59" spans="1:8">
-      <c r="A59" s="8" t="s">
+    <row r="59" spans="1:8" customHeight="1" ht="90">
+      <c r="A59" s="12">
+        <v>87623</v>
+      </c>
+      <c r="B59" s="12"/>
+      <c r="C59" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="D59" s="13" t="s">
         <v>131</v>
       </c>
-      <c r="B59" s="9"/>
-[...5 lines deleted...]
-      <c r="H59" s="9"/>
+      <c r="E59" s="14" t="s">
+        <v>132</v>
+      </c>
+      <c r="F59" s="12">
+        <v>155.0</v>
+      </c>
+      <c r="G59" s="12">
+        <v>0</v>
+      </c>
+      <c r="H59" s="12">
+        <f>F59*G59</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="60" spans="1:8" customHeight="1" ht="90">
       <c r="A60" s="12">
-        <v>55289</v>
+        <v>91474</v>
       </c>
       <c r="B60" s="12"/>
       <c r="C60" s="12" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D60" s="13" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E60" s="14" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F60" s="12">
-        <v>175.0</v>
+        <v>690.0</v>
       </c>
       <c r="G60" s="12">
         <v>0</v>
       </c>
       <c r="H60" s="12">
         <f>F60*G60</f>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:8" customHeight="1" ht="90">
       <c r="A61" s="12">
-        <v>57449</v>
+        <v>91736</v>
       </c>
       <c r="B61" s="12"/>
       <c r="C61" s="12" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D61" s="13" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E61" s="14">
-        <v>8981</v>
+        <v>91736</v>
       </c>
       <c r="F61" s="12">
-        <v>115.0</v>
+        <v>1035.0</v>
       </c>
       <c r="G61" s="12">
         <v>0</v>
       </c>
       <c r="H61" s="12">
         <f>F61*G61</f>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:8" customHeight="1" ht="90">
       <c r="A62" s="12">
-        <v>57478</v>
+        <v>92019</v>
       </c>
       <c r="B62" s="12"/>
       <c r="C62" s="12" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D62" s="13" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="E62" s="14" t="s">
         <v>139</v>
       </c>
+      <c r="E62" s="14">
+        <v>11715</v>
+      </c>
       <c r="F62" s="12">
-        <v>920.0</v>
+        <v>3700.0</v>
       </c>
       <c r="G62" s="12">
         <v>0</v>
       </c>
       <c r="H62" s="12">
         <f>F62*G62</f>
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="90">
       <c r="A63" s="12">
-        <v>58830</v>
+        <v>92155</v>
       </c>
       <c r="B63" s="12"/>
       <c r="C63" s="12" t="s">
         <v>140</v>
       </c>
       <c r="D63" s="13" t="s">
         <v>141</v>
       </c>
       <c r="E63" s="14" t="s">
         <v>142</v>
       </c>
       <c r="F63" s="12">
-        <v>290.0</v>
+        <v>630.0</v>
       </c>
       <c r="G63" s="12">
         <v>0</v>
       </c>
       <c r="H63" s="12">
         <f>F63*G63</f>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:8" customHeight="1" ht="90">
       <c r="A64" s="12">
-        <v>59024</v>
+        <v>92189</v>
       </c>
       <c r="B64" s="12"/>
       <c r="C64" s="12" t="s">
         <v>143</v>
       </c>
       <c r="D64" s="13" t="s">
         <v>144</v>
       </c>
       <c r="E64" s="14" t="s">
         <v>145</v>
       </c>
       <c r="F64" s="12">
-        <v>690.0</v>
+        <v>1495.0</v>
       </c>
       <c r="G64" s="12">
         <v>0</v>
       </c>
       <c r="H64" s="12">
         <f>F64*G64</f>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:8" customHeight="1" ht="90">
       <c r="A65" s="12">
-        <v>59104</v>
+        <v>92526</v>
       </c>
       <c r="B65" s="12"/>
       <c r="C65" s="12" t="s">
         <v>146</v>
       </c>
       <c r="D65" s="13" t="s">
         <v>147</v>
       </c>
-      <c r="E65" s="14" t="s">
-        <v>148</v>
+      <c r="E65" s="14">
+        <v>12396</v>
       </c>
       <c r="F65" s="12">
-        <v>290.0</v>
+        <v>440.0</v>
       </c>
       <c r="G65" s="12">
         <v>0</v>
       </c>
       <c r="H65" s="12">
         <f>F65*G65</f>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:8" customHeight="1" ht="90">
       <c r="A66" s="12">
-        <v>59259</v>
+        <v>92762</v>
       </c>
       <c r="B66" s="12"/>
       <c r="C66" s="12" t="s">
+        <v>148</v>
+      </c>
+      <c r="D66" s="13" t="s">
         <v>149</v>
       </c>
-      <c r="D66" s="13" t="s">
+      <c r="E66" s="14" t="s">
         <v>150</v>
       </c>
-      <c r="E66" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F66" s="12">
-        <v>288.0</v>
+        <v>460.0</v>
       </c>
       <c r="G66" s="12">
         <v>0</v>
       </c>
       <c r="H66" s="12">
         <f>F66*G66</f>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:8" customHeight="1" ht="90">
       <c r="A67" s="12">
-        <v>62462</v>
+        <v>93038</v>
       </c>
       <c r="B67" s="12"/>
       <c r="C67" s="12" t="s">
+        <v>151</v>
+      </c>
+      <c r="D67" s="13" t="s">
         <v>152</v>
       </c>
-      <c r="D67" s="13" t="s">
+      <c r="E67" s="14" t="s">
         <v>153</v>
       </c>
-      <c r="E67" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F67" s="12">
-        <v>115.0</v>
+        <v>300.0</v>
       </c>
       <c r="G67" s="12">
         <v>0</v>
       </c>
       <c r="H67" s="12">
         <f>F67*G67</f>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:8" customHeight="1" ht="90">
       <c r="A68" s="12">
-        <v>62698</v>
+        <v>93042</v>
       </c>
       <c r="B68" s="12"/>
       <c r="C68" s="12" t="s">
+        <v>154</v>
+      </c>
+      <c r="D68" s="13" t="s">
         <v>155</v>
       </c>
-      <c r="D68" s="13" t="s">
+      <c r="E68" s="14" t="s">
         <v>156</v>
       </c>
-      <c r="E68" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F68" s="12">
-        <v>170.0</v>
+        <v>150.0</v>
       </c>
       <c r="G68" s="12">
         <v>0</v>
       </c>
       <c r="H68" s="12">
         <f>F68*G68</f>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:8" customHeight="1" ht="90">
       <c r="A69" s="12">
-        <v>62934</v>
+        <v>93127</v>
       </c>
       <c r="B69" s="12"/>
       <c r="C69" s="12" t="s">
+        <v>157</v>
+      </c>
+      <c r="D69" s="13" t="s">
         <v>158</v>
       </c>
-      <c r="D69" s="13" t="s">
+      <c r="E69" s="14" t="s">
         <v>159</v>
       </c>
-      <c r="E69" s="14">
-[...1 lines deleted...]
-      </c>
       <c r="F69" s="12">
-        <v>520.0</v>
+        <v>288.0</v>
       </c>
       <c r="G69" s="12">
         <v>0</v>
       </c>
       <c r="H69" s="12">
         <f>F69*G69</f>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:8" customHeight="1" ht="90">
       <c r="A70" s="12">
-        <v>63468</v>
+        <v>93204</v>
       </c>
       <c r="B70" s="12"/>
       <c r="C70" s="12" t="s">
         <v>160</v>
       </c>
       <c r="D70" s="13" t="s">
         <v>161</v>
       </c>
-      <c r="E70" s="14">
-        <v>1475291064728</v>
+      <c r="E70" s="14" t="s">
+        <v>162</v>
       </c>
       <c r="F70" s="12">
-        <v>350.0</v>
+        <v>520.0</v>
       </c>
       <c r="G70" s="12">
         <v>0</v>
       </c>
       <c r="H70" s="12">
         <f>F70*G70</f>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:8" customHeight="1" ht="90">
       <c r="A71" s="12">
-        <v>87623</v>
+        <v>93209</v>
       </c>
       <c r="B71" s="12"/>
       <c r="C71" s="12" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D71" s="13" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E71" s="14" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F71" s="12">
-        <v>155.0</v>
+        <v>1100.0</v>
       </c>
       <c r="G71" s="12">
         <v>0</v>
       </c>
       <c r="H71" s="12">
         <f>F71*G71</f>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:8" customHeight="1" ht="90">
       <c r="A72" s="12">
-        <v>91474</v>
+        <v>93300</v>
       </c>
       <c r="B72" s="12"/>
       <c r="C72" s="12" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D72" s="13" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E72" s="14" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F72" s="12">
-        <v>690.0</v>
+        <v>1100.0</v>
       </c>
       <c r="G72" s="12">
         <v>0</v>
       </c>
       <c r="H72" s="12">
         <f>F72*G72</f>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:8" customHeight="1" ht="90">
       <c r="A73" s="12">
-        <v>91736</v>
+        <v>93365</v>
       </c>
       <c r="B73" s="12"/>
       <c r="C73" s="12" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D73" s="13" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>91736</v>
+        <v>170</v>
+      </c>
+      <c r="E73" s="14" t="s">
+        <v>171</v>
       </c>
       <c r="F73" s="12">
-        <v>1035.0</v>
+        <v>220.0</v>
       </c>
       <c r="G73" s="12">
         <v>0</v>
       </c>
       <c r="H73" s="12">
         <f>F73*G73</f>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:8" customHeight="1" ht="90">
       <c r="A74" s="12">
-        <v>92019</v>
+        <v>93555</v>
       </c>
       <c r="B74" s="12"/>
       <c r="C74" s="12" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D74" s="13" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>11715</v>
+        <v>173</v>
+      </c>
+      <c r="E74" s="14" t="s">
+        <v>174</v>
       </c>
       <c r="F74" s="12">
-        <v>3700.0</v>
+        <v>88.0</v>
       </c>
       <c r="G74" s="12">
         <v>0</v>
       </c>
       <c r="H74" s="12">
         <f>F74*G74</f>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:8" customHeight="1" ht="90">
       <c r="A75" s="12">
-        <v>92155</v>
+        <v>93662</v>
       </c>
       <c r="B75" s="12"/>
       <c r="C75" s="12" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="D75" s="13" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="E75" s="14" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F75" s="12">
-        <v>630.0</v>
+        <v>275.0</v>
       </c>
       <c r="G75" s="12">
         <v>0</v>
       </c>
       <c r="H75" s="12">
         <f>F75*G75</f>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:8" customHeight="1" ht="90">
       <c r="A76" s="12">
-        <v>92189</v>
+        <v>93685</v>
       </c>
       <c r="B76" s="12"/>
       <c r="C76" s="12" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="D76" s="13" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="E76" s="14" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="F76" s="12">
-        <v>1495.0</v>
+        <v>275.0</v>
       </c>
       <c r="G76" s="12">
         <v>0</v>
       </c>
       <c r="H76" s="12">
         <f>F76*G76</f>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:8" customHeight="1" ht="90">
       <c r="A77" s="12">
-        <v>92525</v>
+        <v>94331</v>
       </c>
       <c r="B77" s="12"/>
       <c r="C77" s="12" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="D77" s="13" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="E77" s="14">
-        <v>12397</v>
+        <v>13860</v>
       </c>
       <c r="F77" s="12">
-        <v>173.0</v>
+        <v>391.0</v>
       </c>
       <c r="G77" s="12">
         <v>0</v>
       </c>
       <c r="H77" s="12">
         <f>F77*G77</f>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:8" customHeight="1" ht="90">
       <c r="A78" s="12">
-        <v>92526</v>
+        <v>94480</v>
       </c>
       <c r="B78" s="12"/>
       <c r="C78" s="12" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="D78" s="13" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>12396</v>
+        <v>184</v>
+      </c>
+      <c r="E78" s="14" t="s">
+        <v>185</v>
       </c>
       <c r="F78" s="12">
-        <v>440.0</v>
+        <v>275.0</v>
       </c>
       <c r="G78" s="12">
         <v>0</v>
       </c>
       <c r="H78" s="12">
         <f>F78*G78</f>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:8" customHeight="1" ht="90">
       <c r="A79" s="12">
-        <v>92762</v>
+        <v>94484</v>
       </c>
       <c r="B79" s="12"/>
       <c r="C79" s="12" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="D79" s="13" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="E79" s="14" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="F79" s="12">
-        <v>460.0</v>
+        <v>187.0</v>
       </c>
       <c r="G79" s="12">
         <v>0</v>
       </c>
       <c r="H79" s="12">
         <f>F79*G79</f>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:8" customHeight="1" ht="90">
       <c r="A80" s="12">
-        <v>93038</v>
+        <v>106931</v>
       </c>
       <c r="B80" s="12"/>
       <c r="C80" s="12" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="D80" s="13" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>187</v>
+        <v>190</v>
+      </c>
+      <c r="E80" s="14">
+        <v>14000</v>
       </c>
       <c r="F80" s="12">
-        <v>300.0</v>
+        <v>2200.0</v>
       </c>
       <c r="G80" s="12">
         <v>0</v>
       </c>
       <c r="H80" s="12">
         <f>F80*G80</f>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:8" customHeight="1" ht="90">
       <c r="A81" s="12">
-        <v>93042</v>
+        <v>106941</v>
       </c>
       <c r="B81" s="12"/>
       <c r="C81" s="12" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D81" s="13" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>192</v>
+      </c>
+      <c r="E81" s="14">
+        <v>14010</v>
       </c>
       <c r="F81" s="12">
-        <v>150.0</v>
+        <v>2190.0</v>
       </c>
       <c r="G81" s="12">
         <v>0</v>
       </c>
       <c r="H81" s="12">
         <f>F81*G81</f>
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:8" customHeight="1" ht="90">
       <c r="A82" s="12">
-        <v>93127</v>
+        <v>107043</v>
       </c>
       <c r="B82" s="12"/>
       <c r="C82" s="12" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D82" s="13" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>194</v>
+      </c>
+      <c r="E82" s="14">
+        <v>13403</v>
       </c>
       <c r="F82" s="12">
-        <v>288.0</v>
+        <v>1380.0</v>
       </c>
       <c r="G82" s="12">
         <v>0</v>
       </c>
       <c r="H82" s="12">
         <f>F82*G82</f>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:8" customHeight="1" ht="90">
       <c r="A83" s="12">
-        <v>93204</v>
+        <v>107052</v>
       </c>
       <c r="B83" s="12"/>
       <c r="C83" s="12" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D83" s="13" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="E83" s="14" t="s">
         <v>196</v>
       </c>
+      <c r="E83" s="14">
+        <v>13035</v>
+      </c>
       <c r="F83" s="12">
-        <v>520.0</v>
+        <v>1495.0</v>
       </c>
       <c r="G83" s="12">
         <v>0</v>
       </c>
       <c r="H83" s="12">
         <f>F83*G83</f>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:8" customHeight="1" ht="90">
       <c r="A84" s="12">
-        <v>93209</v>
+        <v>107061</v>
       </c>
       <c r="B84" s="12"/>
       <c r="C84" s="12" t="s">
         <v>197</v>
       </c>
       <c r="D84" s="13" t="s">
         <v>198</v>
       </c>
-      <c r="E84" s="14" t="s">
-        <v>199</v>
+      <c r="E84" s="14">
+        <v>13332</v>
       </c>
       <c r="F84" s="12">
-        <v>1100.0</v>
+        <v>220.0</v>
       </c>
       <c r="G84" s="12">
         <v>0</v>
       </c>
       <c r="H84" s="12">
         <f>F84*G84</f>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:8" customHeight="1" ht="90">
       <c r="A85" s="12">
-        <v>93300</v>
+        <v>107088</v>
       </c>
       <c r="B85" s="12"/>
       <c r="C85" s="12" t="s">
+        <v>199</v>
+      </c>
+      <c r="D85" s="13" t="s">
         <v>200</v>
       </c>
-      <c r="D85" s="13" t="s">
-[...3 lines deleted...]
-        <v>202</v>
+      <c r="E85" s="14">
+        <v>13049</v>
       </c>
       <c r="F85" s="12">
-        <v>1100.0</v>
+        <v>253.0</v>
       </c>
       <c r="G85" s="12">
         <v>0</v>
       </c>
       <c r="H85" s="12">
         <f>F85*G85</f>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:8" customHeight="1" ht="90">
       <c r="A86" s="12">
-        <v>93365</v>
+        <v>107089</v>
       </c>
       <c r="B86" s="12"/>
       <c r="C86" s="12" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="D86" s="13" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>202</v>
+      </c>
+      <c r="E86" s="14">
+        <v>13048</v>
       </c>
       <c r="F86" s="12">
-        <v>220.0</v>
+        <v>170.0</v>
       </c>
       <c r="G86" s="12">
         <v>0</v>
       </c>
       <c r="H86" s="12">
         <f>F86*G86</f>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:8" customHeight="1" ht="90">
       <c r="A87" s="12">
-        <v>93555</v>
+        <v>107090</v>
       </c>
       <c r="B87" s="12"/>
       <c r="C87" s="12" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D87" s="13" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>204</v>
+      </c>
+      <c r="E87" s="14">
+        <v>13040</v>
       </c>
       <c r="F87" s="12">
-        <v>88.0</v>
+        <v>240.0</v>
       </c>
       <c r="G87" s="12">
         <v>0</v>
       </c>
       <c r="H87" s="12">
         <f>F87*G87</f>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:8" customHeight="1" ht="90">
       <c r="A88" s="12">
-        <v>93662</v>
+        <v>107683</v>
       </c>
       <c r="B88" s="12"/>
       <c r="C88" s="12" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D88" s="13" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>206</v>
+      </c>
+      <c r="E88" s="14">
+        <v>107683</v>
       </c>
       <c r="F88" s="12">
-        <v>275.0</v>
+        <v>75.0</v>
       </c>
       <c r="G88" s="12">
         <v>0</v>
       </c>
       <c r="H88" s="12">
         <f>F88*G88</f>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:8" customHeight="1" ht="90">
       <c r="A89" s="12">
-        <v>93685</v>
+        <v>107694</v>
       </c>
       <c r="B89" s="12"/>
       <c r="C89" s="12" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D89" s="13" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>208</v>
+      </c>
+      <c r="E89" s="14">
+        <v>107694</v>
       </c>
       <c r="F89" s="12">
-        <v>275.0</v>
+        <v>1093.0</v>
       </c>
       <c r="G89" s="12">
         <v>0</v>
       </c>
       <c r="H89" s="12">
         <f>F89*G89</f>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:8" customHeight="1" ht="90">
       <c r="A90" s="12">
-        <v>94331</v>
+        <v>107700</v>
       </c>
       <c r="B90" s="12"/>
       <c r="C90" s="12" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="D90" s="13" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="E90" s="14">
-        <v>13860</v>
+        <v>107700</v>
       </c>
       <c r="F90" s="12">
-        <v>391.0</v>
+        <v>120.0</v>
       </c>
       <c r="G90" s="12">
         <v>0</v>
       </c>
       <c r="H90" s="12">
         <f>F90*G90</f>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:8" customHeight="1" ht="90">
       <c r="A91" s="12">
-        <v>94480</v>
+        <v>108433</v>
       </c>
       <c r="B91" s="12"/>
       <c r="C91" s="12" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="D91" s="13" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>212</v>
+      </c>
+      <c r="E91" s="14">
+        <v>108433</v>
       </c>
       <c r="F91" s="12">
-        <v>275.0</v>
+        <v>1040.0</v>
       </c>
       <c r="G91" s="12">
         <v>0</v>
       </c>
       <c r="H91" s="12">
         <f>F91*G91</f>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:8" customHeight="1" ht="90">
       <c r="A92" s="12">
-        <v>94484</v>
+        <v>108454</v>
       </c>
       <c r="B92" s="12"/>
       <c r="C92" s="12" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="D92" s="13" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>222</v>
+        <v>214</v>
+      </c>
+      <c r="E92" s="14">
+        <v>108454</v>
       </c>
       <c r="F92" s="12">
-        <v>187.0</v>
+        <v>1250.0</v>
       </c>
       <c r="G92" s="12">
         <v>0</v>
       </c>
       <c r="H92" s="12">
         <f>F92*G92</f>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:8" customHeight="1" ht="90">
       <c r="A93" s="12">
-        <v>106931</v>
+        <v>108455</v>
       </c>
       <c r="B93" s="12"/>
       <c r="C93" s="12" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="D93" s="13" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="E93" s="14">
-        <v>14000</v>
+        <v>108455</v>
       </c>
       <c r="F93" s="12">
-        <v>2200.0</v>
+        <v>200.0</v>
       </c>
       <c r="G93" s="12">
         <v>0</v>
       </c>
       <c r="H93" s="12">
         <f>F93*G93</f>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:8" customHeight="1" ht="90">
       <c r="A94" s="12">
-        <v>106941</v>
+        <v>108706</v>
       </c>
       <c r="B94" s="12"/>
       <c r="C94" s="12" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="D94" s="13" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="E94" s="14">
-        <v>14010</v>
+        <v>108706</v>
       </c>
       <c r="F94" s="12">
-        <v>2190.0</v>
+        <v>900.0</v>
       </c>
       <c r="G94" s="12">
         <v>0</v>
       </c>
       <c r="H94" s="12">
         <f>F94*G94</f>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:8" customHeight="1" ht="90">
       <c r="A95" s="12">
-        <v>107043</v>
+        <v>108708</v>
       </c>
       <c r="B95" s="12"/>
       <c r="C95" s="12" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="D95" s="13" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="E95" s="14">
-        <v>13403</v>
+        <v>108708</v>
       </c>
       <c r="F95" s="12">
-        <v>1380.0</v>
+        <v>1350.0</v>
       </c>
       <c r="G95" s="12">
         <v>0</v>
       </c>
       <c r="H95" s="12">
         <f>F95*G95</f>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:8" customHeight="1" ht="90">
       <c r="A96" s="12">
-        <v>107052</v>
+        <v>108709</v>
       </c>
       <c r="B96" s="12"/>
       <c r="C96" s="12" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="D96" s="13" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="E96" s="14">
-        <v>13035</v>
+        <v>108709</v>
       </c>
       <c r="F96" s="12">
-        <v>1495.0</v>
+        <v>2200.0</v>
       </c>
       <c r="G96" s="12">
         <v>0</v>
       </c>
       <c r="H96" s="12">
         <f>F96*G96</f>
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:8" customHeight="1" ht="90">
       <c r="A97" s="12">
-        <v>107061</v>
+        <v>108710</v>
       </c>
       <c r="B97" s="12"/>
       <c r="C97" s="12" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="D97" s="13" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="E97" s="14">
-        <v>13332</v>
+        <v>108710</v>
       </c>
       <c r="F97" s="12">
-        <v>220.0</v>
+        <v>1150.0</v>
       </c>
       <c r="G97" s="12">
         <v>0</v>
       </c>
       <c r="H97" s="12">
         <f>F97*G97</f>
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:8" customHeight="1" ht="90">
       <c r="A98" s="12">
-        <v>107088</v>
+        <v>108738</v>
       </c>
       <c r="B98" s="12"/>
       <c r="C98" s="12" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="D98" s="13" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="E98" s="14">
-        <v>13049</v>
+        <v>14413</v>
       </c>
       <c r="F98" s="12">
-        <v>253.0</v>
+        <v>175.0</v>
       </c>
       <c r="G98" s="12">
         <v>0</v>
       </c>
       <c r="H98" s="12">
         <f>F98*G98</f>
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:8" customHeight="1" ht="90">
       <c r="A99" s="12">
-        <v>107089</v>
+        <v>109553</v>
       </c>
       <c r="B99" s="12"/>
       <c r="C99" s="12" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="D99" s="13" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="E99" s="14">
-        <v>13048</v>
+        <v>99136</v>
       </c>
       <c r="F99" s="12">
-        <v>170.0</v>
+        <v>410.0</v>
       </c>
       <c r="G99" s="12">
         <v>0</v>
       </c>
       <c r="H99" s="12">
         <f>F99*G99</f>
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:8" customHeight="1" ht="90">
       <c r="A100" s="12">
-        <v>107090</v>
+        <v>110667</v>
       </c>
       <c r="B100" s="12"/>
       <c r="C100" s="12" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="D100" s="13" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="E100" s="14">
-        <v>13040</v>
+        <v>14460</v>
       </c>
       <c r="F100" s="12">
-        <v>240.0</v>
+        <v>140.0</v>
       </c>
       <c r="G100" s="12">
         <v>0</v>
       </c>
       <c r="H100" s="12">
         <f>F100*G100</f>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:8" customHeight="1" ht="90">
       <c r="A101" s="12">
-        <v>107683</v>
+        <v>113474</v>
       </c>
       <c r="B101" s="12"/>
       <c r="C101" s="12" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="D101" s="13" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="E101" s="14">
-        <v>107683</v>
+        <v>113474</v>
       </c>
       <c r="F101" s="12">
-        <v>75.0</v>
+        <v>1730.0</v>
       </c>
       <c r="G101" s="12">
         <v>0</v>
       </c>
       <c r="H101" s="12">
         <f>F101*G101</f>
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:8" customHeight="1" ht="90">
       <c r="A102" s="12">
-        <v>107694</v>
+        <v>113476</v>
       </c>
       <c r="B102" s="12"/>
       <c r="C102" s="12" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="D102" s="13" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="E102" s="14">
-        <v>107694</v>
+        <v>113476</v>
       </c>
       <c r="F102" s="12">
-        <v>1093.0</v>
+        <v>11250.0</v>
       </c>
       <c r="G102" s="12">
         <v>0</v>
       </c>
       <c r="H102" s="12">
         <f>F102*G102</f>
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:8" customHeight="1" ht="90">
       <c r="A103" s="12">
-        <v>107700</v>
+        <v>143154</v>
       </c>
       <c r="B103" s="12"/>
       <c r="C103" s="12" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="D103" s="13" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="E103" s="14">
-        <v>107700</v>
+        <v>143154</v>
       </c>
       <c r="F103" s="12">
-        <v>120.0</v>
+        <v>400.0</v>
       </c>
       <c r="G103" s="12">
         <v>0</v>
       </c>
       <c r="H103" s="12">
         <f>F103*G103</f>
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:8" customHeight="1" ht="90">
       <c r="A104" s="12">
-        <v>108433</v>
+        <v>143358</v>
       </c>
       <c r="B104" s="12"/>
       <c r="C104" s="12" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="D104" s="13" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="E104" s="14">
-        <v>108433</v>
+        <v>143358</v>
       </c>
       <c r="F104" s="12">
-        <v>1040.0</v>
+        <v>345.0</v>
       </c>
       <c r="G104" s="12">
         <v>0</v>
       </c>
       <c r="H104" s="12">
         <f>F104*G104</f>
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:8" customHeight="1" ht="90">
       <c r="A105" s="12">
-        <v>108454</v>
+        <v>143635</v>
       </c>
       <c r="B105" s="12"/>
       <c r="C105" s="12" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="D105" s="13" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="E105" s="14">
-        <v>108454</v>
+        <v>143635</v>
       </c>
       <c r="F105" s="12">
-        <v>1250.0</v>
+        <v>920.0</v>
       </c>
       <c r="G105" s="12">
         <v>0</v>
       </c>
       <c r="H105" s="12">
         <f>F105*G105</f>
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:8" customHeight="1" ht="90">
       <c r="A106" s="12">
-        <v>108455</v>
+        <v>143649</v>
       </c>
       <c r="B106" s="12"/>
       <c r="C106" s="12" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="D106" s="13" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="E106" s="14">
-        <v>108455</v>
+        <v>143649</v>
       </c>
       <c r="F106" s="12">
-        <v>200.0</v>
+        <v>1840.0</v>
       </c>
       <c r="G106" s="12">
         <v>0</v>
       </c>
       <c r="H106" s="12">
         <f>F106*G106</f>
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:8" customHeight="1" ht="90">
       <c r="A107" s="12">
-        <v>108706</v>
+        <v>143653</v>
       </c>
       <c r="B107" s="12"/>
       <c r="C107" s="12" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="D107" s="13" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="E107" s="14">
-        <v>108706</v>
+        <v>143653</v>
       </c>
       <c r="F107" s="12">
-        <v>900.0</v>
+        <v>1380.0</v>
       </c>
       <c r="G107" s="12">
         <v>0</v>
       </c>
       <c r="H107" s="12">
         <f>F107*G107</f>
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:8" customHeight="1" ht="90">
       <c r="A108" s="12">
-        <v>108708</v>
+        <v>143654</v>
       </c>
       <c r="B108" s="12"/>
       <c r="C108" s="12" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="D108" s="13" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="E108" s="14">
-        <v>108708</v>
+        <v>143654</v>
       </c>
       <c r="F108" s="12">
-        <v>1350.0</v>
+        <v>1150.0</v>
       </c>
       <c r="G108" s="12">
         <v>0</v>
       </c>
       <c r="H108" s="12">
         <f>F108*G108</f>
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:8" customHeight="1" ht="90">
       <c r="A109" s="12">
-        <v>108709</v>
+        <v>143811</v>
       </c>
       <c r="B109" s="12"/>
       <c r="C109" s="12" t="s">
-        <v>255</v>
+        <v>247</v>
       </c>
       <c r="D109" s="13" t="s">
-        <v>256</v>
+        <v>248</v>
       </c>
       <c r="E109" s="14">
-        <v>108709</v>
+        <v>143811</v>
       </c>
       <c r="F109" s="12">
-        <v>2200.0</v>
+        <v>115.0</v>
       </c>
       <c r="G109" s="12">
         <v>0</v>
       </c>
       <c r="H109" s="12">
         <f>F109*G109</f>
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:8" customHeight="1" ht="90">
       <c r="A110" s="12">
-        <v>108710</v>
+        <v>143932</v>
       </c>
       <c r="B110" s="12"/>
       <c r="C110" s="12" t="s">
-        <v>257</v>
+        <v>249</v>
       </c>
       <c r="D110" s="13" t="s">
-        <v>258</v>
+        <v>250</v>
       </c>
       <c r="E110" s="14">
-        <v>108710</v>
+        <v>143932</v>
       </c>
       <c r="F110" s="12">
-        <v>1150.0</v>
+        <v>290.0</v>
       </c>
       <c r="G110" s="12">
         <v>0</v>
       </c>
       <c r="H110" s="12">
         <f>F110*G110</f>
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:8" customHeight="1" ht="90">
       <c r="A111" s="12">
-        <v>108738</v>
+        <v>143971</v>
       </c>
       <c r="B111" s="12"/>
       <c r="C111" s="12" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="D111" s="13" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="E111" s="14">
-        <v>14413</v>
+        <v>143971</v>
       </c>
       <c r="F111" s="12">
-        <v>175.0</v>
+        <v>635.0</v>
       </c>
       <c r="G111" s="12">
         <v>0</v>
       </c>
       <c r="H111" s="12">
         <f>F111*G111</f>
         <v>0</v>
       </c>
     </row>
-    <row r="112" spans="1:8" customHeight="1" ht="90">
-[...22 lines deleted...]
-      </c>
+    <row r="112" spans="1:8">
+      <c r="A112" s="8" t="s">
+        <v>253</v>
+      </c>
+      <c r="B112" s="9"/>
+      <c r="C112" s="9"/>
+      <c r="D112" s="9"/>
+      <c r="E112" s="9"/>
+      <c r="F112" s="9"/>
+      <c r="G112" s="9"/>
+      <c r="H112" s="9"/>
     </row>
     <row r="113" spans="1:8" customHeight="1" ht="90">
       <c r="A113" s="12">
-        <v>110667</v>
+        <v>139537</v>
       </c>
       <c r="B113" s="12"/>
       <c r="C113" s="12" t="s">
-        <v>263</v>
+        <v>254</v>
       </c>
       <c r="D113" s="13" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="E113" s="14">
-        <v>14460</v>
+        <v>6792</v>
       </c>
       <c r="F113" s="12">
-        <v>140.0</v>
+        <v>11672.0</v>
       </c>
       <c r="G113" s="12">
         <v>0</v>
       </c>
       <c r="H113" s="12">
         <f>F113*G113</f>
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:8" customHeight="1" ht="90">
       <c r="A114" s="12">
-        <v>113474</v>
+        <v>139648</v>
       </c>
       <c r="B114" s="12"/>
       <c r="C114" s="12" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="D114" s="13" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
       <c r="E114" s="14">
-        <v>113474</v>
+        <v>21017.25</v>
       </c>
       <c r="F114" s="12">
-        <v>1730.0</v>
+        <v>1044.0</v>
       </c>
       <c r="G114" s="12">
         <v>0</v>
       </c>
       <c r="H114" s="12">
         <f>F114*G114</f>
         <v>0</v>
       </c>
     </row>
-    <row r="115" spans="1:8" customHeight="1" ht="90">
-[...325 lines deleted...]
-        <f>SUM(H4:H127)</f>
+    <row r="115" spans="1:8">
+      <c r="A115" s="16" t="s">
+        <v>258</v>
+      </c>
+      <c r="B115" s="15"/>
+      <c r="C115" s="15"/>
+      <c r="D115" s="15"/>
+      <c r="E115" s="15"/>
+      <c r="F115" s="15"/>
+      <c r="G115" s="15">
+        <f>SUM(G4:G114)</f>
+        <v>0</v>
+      </c>
+      <c r="H115" s="15">
+        <f>SUM(H4:H114)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="C1:H1"/>
     <mergeCell ref="D2:H2"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
-    <mergeCell ref="A53:H53"/>
-[...3 lines deleted...]
-    <mergeCell ref="A128:F128"/>
+    <mergeCell ref="A41:H41"/>
+    <mergeCell ref="A45:H45"/>
+    <mergeCell ref="A47:H47"/>
+    <mergeCell ref="A112:H112"/>
+    <mergeCell ref="A115:F115"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C2" location="'Реквизиты'!A1"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D24" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D25" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D26" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D27" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D28" r:id="rId_hyperlink_21"/>
     <hyperlink ref="D29" r:id="rId_hyperlink_22"/>
     <hyperlink ref="D30" r:id="rId_hyperlink_23"/>
     <hyperlink ref="D31" r:id="rId_hyperlink_24"/>
     <hyperlink ref="D32" r:id="rId_hyperlink_25"/>
     <hyperlink ref="D33" r:id="rId_hyperlink_26"/>
     <hyperlink ref="D34" r:id="rId_hyperlink_27"/>
     <hyperlink ref="D35" r:id="rId_hyperlink_28"/>
     <hyperlink ref="D36" r:id="rId_hyperlink_29"/>
     <hyperlink ref="D37" r:id="rId_hyperlink_30"/>
     <hyperlink ref="D38" r:id="rId_hyperlink_31"/>
     <hyperlink ref="D39" r:id="rId_hyperlink_32"/>
     <hyperlink ref="D40" r:id="rId_hyperlink_33"/>
-    <hyperlink ref="D41" r:id="rId_hyperlink_34"/>
-[...14 lines deleted...]
-    <hyperlink ref="D58" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="D42" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="D43" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="D44" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="D46" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="D48" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="D49" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="D50" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="D51" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="D52" r:id="rId_hyperlink_42"/>
+    <hyperlink ref="D53" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="D54" r:id="rId_hyperlink_44"/>
+    <hyperlink ref="D55" r:id="rId_hyperlink_45"/>
+    <hyperlink ref="D56" r:id="rId_hyperlink_46"/>
+    <hyperlink ref="D57" r:id="rId_hyperlink_47"/>
+    <hyperlink ref="D58" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="D59" r:id="rId_hyperlink_49"/>
     <hyperlink ref="D60" r:id="rId_hyperlink_50"/>
     <hyperlink ref="D61" r:id="rId_hyperlink_51"/>
     <hyperlink ref="D62" r:id="rId_hyperlink_52"/>
     <hyperlink ref="D63" r:id="rId_hyperlink_53"/>
     <hyperlink ref="D64" r:id="rId_hyperlink_54"/>
     <hyperlink ref="D65" r:id="rId_hyperlink_55"/>
     <hyperlink ref="D66" r:id="rId_hyperlink_56"/>
     <hyperlink ref="D67" r:id="rId_hyperlink_57"/>
     <hyperlink ref="D68" r:id="rId_hyperlink_58"/>
     <hyperlink ref="D69" r:id="rId_hyperlink_59"/>
     <hyperlink ref="D70" r:id="rId_hyperlink_60"/>
     <hyperlink ref="D71" r:id="rId_hyperlink_61"/>
     <hyperlink ref="D72" r:id="rId_hyperlink_62"/>
     <hyperlink ref="D73" r:id="rId_hyperlink_63"/>
     <hyperlink ref="D74" r:id="rId_hyperlink_64"/>
     <hyperlink ref="D75" r:id="rId_hyperlink_65"/>
     <hyperlink ref="D76" r:id="rId_hyperlink_66"/>
     <hyperlink ref="D77" r:id="rId_hyperlink_67"/>
     <hyperlink ref="D78" r:id="rId_hyperlink_68"/>
     <hyperlink ref="D79" r:id="rId_hyperlink_69"/>
     <hyperlink ref="D80" r:id="rId_hyperlink_70"/>
     <hyperlink ref="D81" r:id="rId_hyperlink_71"/>
     <hyperlink ref="D82" r:id="rId_hyperlink_72"/>
     <hyperlink ref="D83" r:id="rId_hyperlink_73"/>
     <hyperlink ref="D84" r:id="rId_hyperlink_74"/>
@@ -8100,129 +7283,116 @@
     <hyperlink ref="D87" r:id="rId_hyperlink_77"/>
     <hyperlink ref="D88" r:id="rId_hyperlink_78"/>
     <hyperlink ref="D89" r:id="rId_hyperlink_79"/>
     <hyperlink ref="D90" r:id="rId_hyperlink_80"/>
     <hyperlink ref="D91" r:id="rId_hyperlink_81"/>
     <hyperlink ref="D92" r:id="rId_hyperlink_82"/>
     <hyperlink ref="D93" r:id="rId_hyperlink_83"/>
     <hyperlink ref="D94" r:id="rId_hyperlink_84"/>
     <hyperlink ref="D95" r:id="rId_hyperlink_85"/>
     <hyperlink ref="D96" r:id="rId_hyperlink_86"/>
     <hyperlink ref="D97" r:id="rId_hyperlink_87"/>
     <hyperlink ref="D98" r:id="rId_hyperlink_88"/>
     <hyperlink ref="D99" r:id="rId_hyperlink_89"/>
     <hyperlink ref="D100" r:id="rId_hyperlink_90"/>
     <hyperlink ref="D101" r:id="rId_hyperlink_91"/>
     <hyperlink ref="D102" r:id="rId_hyperlink_92"/>
     <hyperlink ref="D103" r:id="rId_hyperlink_93"/>
     <hyperlink ref="D104" r:id="rId_hyperlink_94"/>
     <hyperlink ref="D105" r:id="rId_hyperlink_95"/>
     <hyperlink ref="D106" r:id="rId_hyperlink_96"/>
     <hyperlink ref="D107" r:id="rId_hyperlink_97"/>
     <hyperlink ref="D108" r:id="rId_hyperlink_98"/>
     <hyperlink ref="D109" r:id="rId_hyperlink_99"/>
     <hyperlink ref="D110" r:id="rId_hyperlink_100"/>
     <hyperlink ref="D111" r:id="rId_hyperlink_101"/>
-    <hyperlink ref="D112" r:id="rId_hyperlink_102"/>
-[...13 lines deleted...]
-    <hyperlink ref="D127" r:id="rId_hyperlink_116"/>
+    <hyperlink ref="D113" r:id="rId_hyperlink_102"/>
+    <hyperlink ref="D114" r:id="rId_hyperlink_103"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="90" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1">
       <c r="A1" s="11" t="s">
-        <v>293</v>
+        <v>259</v>
       </c>
     </row>
     <row r="2" spans="1:1">
       <c r="A2" t="s">
-        <v>294</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" s="10" t="s">
-        <v>295</v>
+        <v>261</v>
       </c>
     </row>
     <row r="4" spans="1:1">
       <c r="A4" t="s">
-        <v>296</v>
+        <v>262</v>
       </c>
     </row>
     <row r="5" spans="1:1">
       <c r="A5" t="s">
-        <v>297</v>
+        <v>263</v>
       </c>
     </row>
     <row r="6" spans="1:1">
       <c r="A6"/>
     </row>
     <row r="7" spans="1:1">
       <c r="A7" s="11" t="s">
-        <v>298</v>
+        <v>264</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>