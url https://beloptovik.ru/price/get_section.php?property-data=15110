--- v1 (2025-12-14)
+++ v2 (2026-02-11)
@@ -1,72 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="www" ContentType="application/octet-stream"/>
   <Default Extension="webp" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Реквизиты" sheetId="2" r:id="rId5"/>
     <sheet name="Worksheet" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
   <si>
     <t>+7 (499) 113-14-14</t>
   </si>
   <si>
     <t>Реквизиты</t>
   </si>
   <si>
     <t>Здравствуй, дорогой наш оптовый Покупатель! Мы очень рады, что Вы обратились к нашему сайту. Уверены, Вам понравятся ассортимент и условия нашей компании! 
 Каждый день мы работаем над качественным улучшением сервиса, находим новые интересные товары по приятной цене, 
 выполняем работу по законному ввозу товаров в страну (уплачивая все налоги и экологические сборы), 
 наш товар имеет все необходимые документы подтверждающие качество, перед отгрузкой обязательно осуществляем контроль качества, 
 работаем над развитием сайта и доступным донесением характеристик до Вашего конечного клиента.
 Будем рады видеть Вас в числе наших постоянных покупателей.</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Ссылка</t>
@@ -74,110 +72,92 @@
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Оптовая цена, RUB</t>
   </si>
   <si>
     <t>Кол-во единиц в заказе</t>
   </si>
   <si>
     <t>Сумма заказа, RUB</t>
   </si>
   <si>
     <t>Основной ассортимент</t>
   </si>
   <si>
     <t>No name</t>
   </si>
   <si>
     <t>Беспроводные сенсорные Bluetooth наушники TWS i58 с зарядным кейсом</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/55316/</t>
   </si>
   <si>
-    <t>Многофункциональный снуд для шеи DELUN экохлопковый</t>
-[...7 lines deleted...]
-  <si>
     <t>Многофункциональный снуд для шеи флисовый NANUK</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/96974/</t>
   </si>
   <si>
     <t>BR900401</t>
   </si>
   <si>
     <t>Наушники беспроводные  Bluetooth littlePods, черные / УЦЕНКА</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/97228/</t>
   </si>
   <si>
     <t>47002.02-S</t>
   </si>
   <si>
     <t>Водонепроницаемый мешок - чехол ALETA для смартфона и документов 29.50х11.50 см.</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/97325/</t>
   </si>
   <si>
     <t>BO7531S105</t>
   </si>
   <si>
     <t>Бутылка пластиковая для воды Sportes (матовая) 700 мл.</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/97531/</t>
   </si>
   <si>
     <t>Набор из 4 игр GALVY / Набор из настольных игр в деревянном футляре</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/97670/</t>
   </si>
   <si>
     <t>JU1014S129</t>
   </si>
   <si>
-    <t>Домино из дерева DOMIS в коробке с раздвижной крышкой / 28 штук</t>
-[...7 lines deleted...]
-  <si>
     <t>Бутылка из нержавеющей стали SOTOS 600 мл. / Термобутылка с бамбуковой крышкой и ремешком</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/97997/</t>
   </si>
   <si>
     <t>BI4100S1251</t>
   </si>
   <si>
     <t>Толстовка "CAPUCHA", унисекс</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/99378/</t>
   </si>
   <si>
     <t>SU10870101</t>
   </si>
   <si>
     <t>Бутылка стеклянная с силиконовой манжетой и бамбуковой крышкой  Glass 500 мл. / Термобутылка</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/105412/</t>
   </si>
   <si>
     <t>Бутылка пластиковая для воды Sportes 700 мл.</t>
@@ -296,540 +276,231 @@
   <si>
     <t>14007.1.07-S</t>
   </si>
   <si>
     <t>Рюкзак SWS Comfort с отделением для ноутбука 15,6"</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/106705/</t>
   </si>
   <si>
     <t>Термобутылка герметичная вакуумная Olivia To Go с двойными стенками, цвет в ассортименте / Идеально подходит для горячих или холодных напитков</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/110808/</t>
   </si>
   <si>
     <t>5050.01.05</t>
   </si>
   <si>
     <t>Городской рюкзак Arzes из полиэстера с внутренним карманом для ноутбука 15.6", цвет в ассортименте / Металлический шильд для нанесения logo</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/112077/</t>
   </si>
   <si>
-    <t>Торг Лайнс</t>
-[...28 lines deleted...]
-  <si>
     <t>ALL</t>
   </si>
   <si>
-    <t>Фонарь велосипедный Bicycle lights set (передний 3 режима работы) и задний (2 режима работы)</t>
-[...7 lines deleted...]
-  <si>
     <t>Резинки для фитнесса из латекса 5 шт. / Набор эспандеров в мешочке / 5 уровней нагрузки</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/57449/</t>
   </si>
   <si>
-    <t>Набор эспандеров  (резиновых петель) 208 см Fitness sport  для фитнеса, йоги, пилатеса (4 шт с инструкцией)</t>
-[...14 lines deleted...]
-    <t>na-7522</t>
+    <t>af5d9527-6487-43a3-a1c7-5177e737549f</t>
   </si>
   <si>
     <t>Набор для акупунктурного массажа 2 в 1 в чехле: коврик акупунктурные + подушка акупунктурная (Acupressure Mat + Acupressure Pilows)</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/59024/</t>
   </si>
   <si>
-    <t>sp-7313</t>
-[...35 lines deleted...]
-    <t>sp-21173</t>
+    <t>6c076609-d408-4309-bbd1-e1f020933d6a</t>
   </si>
   <si>
     <t>ХИТ ЦЕНА! Маска для снорклинга (плавание под поверхностью воды) FREEBREATH с креплением для экшн камеры и берушами</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/62934/</t>
   </si>
   <si>
-    <t>Походный душ портативный, душ Solar Shower Bag, 20 л.</t>
-[...2 lines deleted...]
-    <t>https://beloptovik.ru/catalog/product/63468/</t>
+    <t>f8e9159e-7c33-442b-b786-009f57afb1d1</t>
   </si>
   <si>
     <t>Суппорт колена (наколенник) трикотажный Knee Support №8324 / 360 шт в кор. Только коробкой</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/87623/</t>
   </si>
   <si>
-    <t>od-8373</t>
-[...20 lines deleted...]
-    <t>https://beloptovik.ru/catalog/product/92019/</t>
+    <t>a8715588-7ba0-4186-9c7b-c20fa9fe440f</t>
   </si>
   <si>
     <t>Портативная Bluethooth колонка CLIP 4 (IP67, до 5 часов работы, FM-радио)</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/92155/</t>
   </si>
   <si>
-    <t>us-12289</t>
-[...14 lines deleted...]
-    <t>https://beloptovik.ru/catalog/product/92526/</t>
+    <t>4cfa1b74-1222-415b-8aaa-9f72eeb7e2d9</t>
   </si>
   <si>
     <t>Набор спортивных бутылок  Beautiful Sport 3в1 с разметкой и с маркерами времени / Спортивная бутылка</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/92762/</t>
   </si>
   <si>
-    <t>bu-12487</t>
-[...44 lines deleted...]
-    <t>ve-12840</t>
+    <t>5e8a7773-f00f-11ed-ba84-002590d3517a</t>
   </si>
   <si>
     <t>Маска для снорклинга с двумя трубками К3-Double / Полнолицевая маска для плавания с креплением для экшн камеры и берушами</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/93300/</t>
   </si>
   <si>
-    <t>to-12887</t>
+    <t>c0bb1d26-2e1e-11ee-ba8f-002590d3517a</t>
   </si>
   <si>
     <t>Наколенники спортивные универсальные для танцев, гимнастики, волейбола и фитнеса</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/93365/</t>
   </si>
   <si>
-    <t>na-12869</t>
+    <t>a26845af-2f62-11ee-ba8f-002590d3517a</t>
   </si>
   <si>
     <t>Голеностоп (Бандаж голеностопного сустава) Pressurized support ankle неопреновый с фиксирующим ремнем (1шт.) продажа и отгрузка коробками кор/300 шт</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/93555/</t>
   </si>
   <si>
     <t>TDA-0051M</t>
   </si>
   <si>
     <t>Бутылка для воды 1000 мл. с клапаном и разметкой / Двухцветная бутылка для воды и других напитков продажа и отгрузка кратно коробке кор/60 шт</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/93662/</t>
   </si>
   <si>
     <t>TDA-4312</t>
   </si>
   <si>
     <t>Фонарь электрический светодиодный аккумуляторный с фокусировкой луча и боковой подсветкой XPE+COB (microusb+водонепроницаемый пластиковый бокс)</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/93685/</t>
   </si>
   <si>
     <t>TDA-4475</t>
   </si>
   <si>
     <t>Спортивная бутылка - термос из нержавеющей стали с поилкой и трубочкой Sport 0.5 литра</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/94331/</t>
   </si>
   <si>
+    <t>7da74a09-980b-11ee-ba92-f4034350b2cb</t>
+  </si>
+  <si>
     <t>Бутылка складная силиконовая спортивная Silicon Bottle Sport, 550 мл. с карабином и поильником продажа и отгрузка кратно коробке кор/100 шт</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/94480/</t>
   </si>
   <si>
     <t>TDA-4570</t>
   </si>
   <si>
     <t>Бутылка для воды 550 мл. с клапаном и разметкой / Двухцветная бутылка для воды и других напитков продажа и отгрузка кратно коробке кор/60шт</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/94484/</t>
   </si>
   <si>
     <t>TDA-4321</t>
   </si>
   <si>
     <t>Перчатки зимние с подогревом Heated Gloves ZCY-124065 (3 режима нагрева, 2 блока питания 4000 мАч в комплекте)</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/106931/</t>
   </si>
   <si>
-    <t>Туристический коврик с электроподогревом и регулировкой температуры Heated Sleeping Bag Liher Ultra plush foot warmer 185 х 60 см. / USB электроодеяло / Цвет МИКС</t>
-[...4 lines deleted...]
-  <si>
     <t>Набор туристической посуды для пикника и путешествий Cooking Set DS -308 из анодированного алюминия, 9 предметов</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/107043/</t>
   </si>
   <si>
-    <t>Охотничья камера наблюдения - фотоловушка с экраном 12 MP / 1080P / E55 / Видеокамера для охраны, охоты, наблюдения за животными</t>
-[...22 lines deleted...]
-  <si>
     <t>Бутылка складная силиконовая спортивная Silicon Folding Bottle, 600 ml</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/107090/</t>
   </si>
   <si>
-    <t>Эспандер кистевой с фиксатором Finger Trainer / Тренажер для силы хвата рук</t>
-[...64 lines deleted...]
-  <si>
     <t>Набор спортивных бутылок Tau Pei Bear 3 в 1 / Спортивная кружка и 2 бутылки, разного объема</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/109553/</t>
   </si>
   <si>
-    <t>Велосипедный замок со стальным тросом и 4-значным кодом / Кодовый замок для чемоданов, сумок, велосипедов, дверей</t>
-[...10 lines deleted...]
-  <si>
     <t>Палатка для зимней рыбалки, ветро и влагозащитная</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/113476/</t>
   </si>
   <si>
-    <t>Наушники IP9 серебро</t>
-[...22 lines deleted...]
-  <si>
     <t>Бинокль 70х70 профессиональный для охотников, рыбалки, туристический</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/143653/</t>
   </si>
   <si>
     <t>Бинокль 80х80 профессиональный, влагостойкий</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/143654/</t>
   </si>
   <si>
     <t>Универсальный таймер электронный, магнитное основание / Для кухни, спорта,</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/143811/</t>
   </si>
   <si>
     <t>Водонепроницаемые очки для плавания с UV-защитой, незапотевающие, с берушами / Цвет МИКС</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/143932/</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://beloptovik.ru/catalog/product/143971/</t>
   </si>
   <si>
     <t>РУНО</t>
   </si>
   <si>
     <t>Официальный игровой мяч 2018 FIFA World Cup Russia™, белый/черный / Прочный и стильный, идеально подходит для тренировок и игр</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/139537/</t>
   </si>
   <si>
     <t>Гироскопический тренажер для кисти руки Powerball, прозрачный, 250 Hz, до 20 000 оборотов в минуту / Универсальный тренажер для укрепления мышц кисти и предплечья</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/139648/</t>
   </si>
   <si>
     <t>ИТОГО ПО ЗАКАЗУ:</t>
   </si>
   <si>
     <t>Индивидуальный предприниматель Клементьева Виктория Евгеньевна
 Юридический/почтовый адрес: 442537, Пензенская область, г.Кузнецк, ул. Победы, дом 58. кв.29.
 ИНН 731304577431  ОГРН 320583500038601
 Расчетный счет №: 40802810648000020816  в ПЕНЗЕНСКОЕ ОТДЕЛЕНИЕ N8624 ПАО СБЕРБАНК Г. Пенза .  БИК: 045655635.
 Корреспондентский счет 30101810000000000635
@@ -1011,51 +682,51 @@
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ec8df84b3f8b51d66eeb486674.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80d4884bd93a4b097be1ff8c3c008766.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f7d1ef3af40713520672544e9085393.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b603c68deee645ce7cef696c2c8edea3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a657768c99977b6f70997545616445a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3c459aee23fb21454b5731df43e49d9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bdb8a53ce8d2797eefa584cdcad6744.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da4807b1c2cd6b2cebde9e19c0815116.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce07ab5f03a7ae8bce7d9a6ca7021ab0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aac5fef79e69db6a1d63adcbe77588ee.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a11d55ee5c6fca8169a2c2608d24b7.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f4da47042b87b5f8b12b261e0119099.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d59f0c75759200dc65b391003d0065c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f728536ac8e1998a4f181444c3de467.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac3c9e8c0a6281abeaebbd1e0f526bbd.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f81a55980a55bee697fdbc460f725b4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7b91517bdd6882b76074d8ce64d994a.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90b275acd881465398b6a9d968ee2b87.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2151e8cc51dac4a5aa81e8eb836c7f94.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeb8267932915bf7b7a41b347500fc6b.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8271d0cf4b3ed4a834c0043b729fdd6.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5b69572245a482001538665600ea7a6.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9903bfa492b3e0d77b3fefcec2760739.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4928cdc6e141290f75b6a17c1bae057.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e2046a17ee77f921e5dd51253d9c272.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bded0e7bcba61fdbf420c9fa66c9328.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a534cdf5137e13688e0adac039b0bfb0.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bba137f0f2220dc0a2d1016472d0735.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a545fd078835c6e872fd78f2b7f8dc61.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7724009134d0a225ebf2faaa7769d8f.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777df17a1b419bb275f5a434f1e0ffcd.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a468932cd8c2841b52724690bdd9cd0c.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b81475d05e900b2349cde72554dbcf6.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4367e8c60b1758e90aadd09a5f626c3.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0063e9172076efaa0b7a5cfa51d09c11.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feced62d90bdf15f38ec16b0b85ec7d9.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c56effba425385a258f3b8f98bb8bf2.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d08b60a665307ad22864c53e5e83e883.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8af2040c66ee80392df6d18b7a362e9f.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeb6da6093d9aa5824bc15ee4d7461f8.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2314d9357ea066fa1bc7e3e945a3ce0.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2982df4083756b23a2efe7100202d0d.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6927f219c326df100252aba22da7c86.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa0d9b15b20ee5dabc9bb14e0d87eb73.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ff6fbfbecc09fc34b3fd2c9716cb388.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeb6da6093d9aa5824bc15ee4d7461f8.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c73e6499411c6f4ae6f32b8f9136465.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fff9c3940805f530d9d64912543ebe1d.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178221347072a2af779b56f8a5ebd891.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/570f1471c171f9bfb6559074844ee7e3.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad252934324fcc93ce68e1800f74652e.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0054bca34c576561e09654eebdb0e766.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e0f49d5bf3b24b4f03aadb0d071ad1e.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8962c7726f476bd1a67b9d4a0f0e751.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa606e2e334a1e786d653d8ad67c079e.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1b775016186a3c6e73bce680b4320e6.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b1d328d967629cdf457c20f35e2b152.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afee5bbefa9a000e74f9e3e595439eaa.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc75511e0c9c8754e4dcedf95aed1f5f.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11750a34ff6d20bc61d8df9e00dd9d74.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17868faba0042d4ca9f00107e8586142.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8c08adae0c19da3abc03d0d7173cfd8.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c8909bad315f7a4a04629e353d6f2b1.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcf15c6699f7a3748849bfea4b1672ba.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02427ccbe2fe5b37e6892dc76ea2f15.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa8638642df8b8746a00a6c66c24fda.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/274a0f58c04a19173bf95f00ae729682.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b62eef77d4340a36086e3e84b00d24.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861359343dbc03e4a34471c790f66768.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bef63b4672e821ad5047f13cf63cb31.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6f2d7448e255a107ec5fdfd70d6621f.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48415f1efd52c1b0151ee809c8b62f2c.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf8f326c4f2f3fe3b5c095b110b40f57.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a2e29274dae93adf3804654cd44fc26.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9672652fe765e0cc157f658d6dab7f4d.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3925d0e20252ee28dc46fbb7ad2e5dfc.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2f2452196315b98b4e991455d19c8c5.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebe8cbb04267727cb3c6d10e04ab1b92.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b08e89941bde069502833483c1dae506.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e607add6c9b60aaaec62cf040ec956b7.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d018f9e4611df157ff585ce1eaa92c2.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a73cfd2d95b1251fa9a5b4bd0213cc4.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0268cbf44c973a28a67249277e60a264.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4528dcf5ee5e3d3c8ca850b99fb0cb20.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4652e5f49114b36cb9cf1169209e1468.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de056ca6be168c1e6731b4a58eb1f15c.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0c22ca7cd065a2fa379b35bdf512a85.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5a406494bedd6abfba95a01eee91280.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba93b5544335d43087fcff288535d210.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/477477b363ce74d5733d1316aa374edd.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a914d167b8f1ec15ecc4ec13f64279ad.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6ba0ad559646e98fbc247991fed015e.png"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e1563929314bb0ba0560fd5bc9bad1c.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20dfe2b58adf6f3d714be5c61f432926.www"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0961d7f0073f598c8e4eb7fbbcadb0.png"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2f645e88e99d16dd369f5eba96fb4b4.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65e899ef51c8044868a4fba2d61b7cf1.png"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f924bd248d900e5dd7cdbab3ebee4490.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae303f1440a875ca1c2aad1dd1d80428.png"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/546578ce89ceb5c79142382b4f70bb0a.png"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfe78daceadc9de11791f92fa11728aa.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90ae1ff192f02f431a03962d6b37b1b1.png"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd0c0ac7f4ac31851072dfd07c6585ae.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bd833c555a04a974c55188385000116.webp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ec8df84b3f8b51d66eeb486674.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80d4884bd93a4b097be1ff8c3c008766.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b603c68deee645ce7cef696c2c8edea3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a657768c99977b6f70997545616445a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3c459aee23fb21454b5731df43e49d9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bdb8a53ce8d2797eefa584cdcad6744.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da4807b1c2cd6b2cebde9e19c0815116.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aac5fef79e69db6a1d63adcbe77588ee.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a11d55ee5c6fca8169a2c2608d24b7.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f4da47042b87b5f8b12b261e0119099.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d59f0c75759200dc65b391003d0065c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f728536ac8e1998a4f181444c3de467.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac3c9e8c0a6281abeaebbd1e0f526bbd.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f81a55980a55bee697fdbc460f725b4.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7b91517bdd6882b76074d8ce64d994a.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90b275acd881465398b6a9d968ee2b87.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2151e8cc51dac4a5aa81e8eb836c7f94.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeb8267932915bf7b7a41b347500fc6b.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8271d0cf4b3ed4a834c0043b729fdd6.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5b69572245a482001538665600ea7a6.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9903bfa492b3e0d77b3fefcec2760739.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4928cdc6e141290f75b6a17c1bae057.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e2046a17ee77f921e5dd51253d9c272.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bded0e7bcba61fdbf420c9fa66c9328.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a534cdf5137e13688e0adac039b0bfb0.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bba137f0f2220dc0a2d1016472d0735.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a545fd078835c6e872fd78f2b7f8dc61.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7724009134d0a225ebf2faaa7769d8f.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777df17a1b419bb275f5a434f1e0ffcd.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a468932cd8c2841b52724690bdd9cd0c.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b81475d05e900b2349cde72554dbcf6.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4367e8c60b1758e90aadd09a5f626c3.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeb6da6093d9aa5824bc15ee4d7461f8.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6927f219c326df100252aba22da7c86.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fff9c3940805f530d9d64912543ebe1d.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/570f1471c171f9bfb6559074844ee7e3.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8962c7726f476bd1a67b9d4a0f0e751.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b1d328d967629cdf457c20f35e2b152.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c8909bad315f7a4a04629e353d6f2b1.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcf15c6699f7a3748849bfea4b1672ba.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c02427ccbe2fe5b37e6892dc76ea2f15.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa8638642df8b8746a00a6c66c24fda.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/274a0f58c04a19173bf95f00ae729682.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b62eef77d4340a36086e3e84b00d24.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861359343dbc03e4a34471c790f66768.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bef63b4672e821ad5047f13cf63cb31.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6f2d7448e255a107ec5fdfd70d6621f.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf8f326c4f2f3fe3b5c095b110b40f57.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebe8cbb04267727cb3c6d10e04ab1b92.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/477477b363ce74d5733d1316aa374edd.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e1563929314bb0ba0560fd5bc9bad1c.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f924bd248d900e5dd7cdbab3ebee4490.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae303f1440a875ca1c2aad1dd1d80428.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/546578ce89ceb5c79142382b4f70bb0a.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfe78daceadc9de11791f92fa11728aa.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd0c0ac7f4ac31851072dfd07c6585ae.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bd833c555a04a974c55188385000116.webp"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1619250" cy="314325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Logo" descr="Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1203,2970 +874,1560 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="952500" cy="828675"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="962025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="7" name="Tovar" descr="Tovar"/>
-[...53 lines deleted...]
-      <xdr:row>14</xdr:row>
+        <xdr:cNvPr id="9" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="838200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="942975"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="904875"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="923925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="962025"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="838200"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1038225"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="971550"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="Tovar" descr="Tovar"/>
-[...23 lines deleted...]
-      <xdr:row>15</xdr:row>
+        <xdr:cNvPr id="41" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="962025"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="Tovar" descr="Tovar"/>
-[...23 lines deleted...]
-      <xdr:row>16</xdr:row>
+        <xdr:cNvPr id="46" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1190625"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>54</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="Tovar" descr="Tovar"/>
-[...23 lines deleted...]
-      <xdr:row>17</xdr:row>
+        <xdr:cNvPr id="48" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="923925"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>56</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="Tovar" descr="Tovar"/>
-[...23 lines deleted...]
-      <xdr:row>18</xdr:row>
+        <xdr:cNvPr id="50" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="Tovar" descr="Tovar"/>
-[...23 lines deleted...]
-      <xdr:row>19</xdr:row>
+        <xdr:cNvPr id="51" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="714375"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="847725"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="1085850"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="971550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="Tovar" descr="Tovar"/>
-[...23 lines deleted...]
-      <xdr:row>20</xdr:row>
+        <xdr:cNvPr id="56" name="Tovar" descr="Tovar"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="Tovar" descr="Tovar"/>
-[...1258 lines deleted...]
-      <xdr:nvPicPr>
         <xdr:cNvPr id="57" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
-        <a:stretch>
-[...1408 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4425,71 +2686,71 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/55316/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/96970/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/96974/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97228/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97325/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97531/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97670/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97671/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97997/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/99378/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105412/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105493/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105514/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105518/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105521/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105524/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105529/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105535/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105540/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105562/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105569/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105581/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105589/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105659/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105710/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105717/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105762/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105796/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106008/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106056/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106705/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110808/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/112077/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/60541/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/60801/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/60802/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/65730/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/55289/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/57449/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/57478/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/58830/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/59024/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/59104/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/59259/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/62462/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/62698/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/62934/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/63468/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/87623/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/91474/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/91736/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92019/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92155/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92189/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92526/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92762/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93038/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93042/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93127/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93204/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93209/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93300/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93365/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93555/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93662/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93685/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94331/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94480/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94484/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106931/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106941/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107043/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107052/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107061/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107088/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107089/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107090/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107683/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107694/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107700/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108433/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108454/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108455/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108706/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108708/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108709/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108710/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/108738/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109553/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110667/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113474/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113476/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143154/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143358/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143635/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143649/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143653/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143654/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143811/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143932/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143971/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139537/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139648/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/55316/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/96974/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97228/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97325/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97531/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97670/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/97997/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/99378/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105412/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105493/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105514/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105518/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105521/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105524/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105529/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105535/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105540/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105562/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105569/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105581/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105589/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105659/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105710/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105717/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105762/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/105796/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106008/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106056/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106705/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/110808/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/112077/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/57449/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/59024/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/62934/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/87623/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92155/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/92762/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93300/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93365/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93555/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93662/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/93685/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94331/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94480/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/94484/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/106931/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107043/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/107090/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/109553/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/113476/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143653/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143654/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143811/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/143932/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139537/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/139648/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wa.me/79778021153" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H115"/>
+  <dimension ref="A1:H66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A115" sqref="A115"/>
+      <selection pane="bottomLeft" activeCell="A66" sqref="A66"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="90" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="80">
       <c r="A1"/>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="5"/>
       <c r="E2" s="3"/>
@@ -4552,2847 +2813,1599 @@
         <v>55316</v>
       </c>
       <c r="B8" s="12"/>
       <c r="C8" s="12" t="s">
         <v>13</v>
       </c>
       <c r="D8" s="13" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="14">
         <v>47000.01</v>
       </c>
       <c r="F8" s="12">
         <v>1129.0</v>
       </c>
       <c r="G8" s="12">
         <v>0</v>
       </c>
       <c r="H8" s="12">
         <f>F8*G8</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:8" customHeight="1" ht="90">
       <c r="A9" s="12">
-        <v>96970</v>
+        <v>96974</v>
       </c>
       <c r="B9" s="12"/>
       <c r="C9" s="12" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="13" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="12">
-        <v>361.0</v>
+        <v>104.0</v>
       </c>
       <c r="G9" s="12">
         <v>0</v>
       </c>
       <c r="H9" s="12">
         <f>F9*G9</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:8" customHeight="1" ht="90">
       <c r="A10" s="12">
-        <v>96974</v>
+        <v>97228</v>
       </c>
       <c r="B10" s="12"/>
       <c r="C10" s="12" t="s">
         <v>18</v>
       </c>
       <c r="D10" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E10" s="14" t="s">
         <v>20</v>
       </c>
       <c r="F10" s="12">
-        <v>104.0</v>
+        <v>532.0</v>
       </c>
       <c r="G10" s="12">
         <v>0</v>
       </c>
       <c r="H10" s="12">
         <f>F10*G10</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="90">
       <c r="A11" s="12">
-        <v>97228</v>
+        <v>97325</v>
       </c>
       <c r="B11" s="12"/>
       <c r="C11" s="12" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="13" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="14" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="12">
-        <v>532.0</v>
+        <v>432.0</v>
       </c>
       <c r="G11" s="12">
         <v>0</v>
       </c>
       <c r="H11" s="12">
         <f>F11*G11</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8" customHeight="1" ht="90">
       <c r="A12" s="12">
-        <v>97325</v>
+        <v>97531</v>
       </c>
       <c r="B12" s="12"/>
       <c r="C12" s="12" t="s">
         <v>24</v>
       </c>
       <c r="D12" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="E12" s="14" t="s">
-        <v>26</v>
+      <c r="E12" s="14">
+        <v>14034.01</v>
       </c>
       <c r="F12" s="12">
-        <v>432.0</v>
+        <v>439.0</v>
       </c>
       <c r="G12" s="12">
         <v>0</v>
       </c>
       <c r="H12" s="12">
         <f>F12*G12</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:8" customHeight="1" ht="90">
       <c r="A13" s="12">
-        <v>97531</v>
+        <v>97670</v>
       </c>
       <c r="B13" s="12"/>
       <c r="C13" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="D13" s="13" t="s">
+      <c r="E13" s="14" t="s">
         <v>28</v>
       </c>
-      <c r="E13" s="14">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="12">
-        <v>439.0</v>
+        <v>690.0</v>
       </c>
       <c r="G13" s="12">
         <v>0</v>
       </c>
       <c r="H13" s="12">
         <f>F13*G13</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:8" customHeight="1" ht="90">
       <c r="A14" s="12">
-        <v>97670</v>
+        <v>97997</v>
       </c>
       <c r="B14" s="12"/>
       <c r="C14" s="12" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="13" t="s">
         <v>30</v>
       </c>
       <c r="E14" s="14" t="s">
         <v>31</v>
       </c>
       <c r="F14" s="12">
-        <v>690.0</v>
+        <v>999.0</v>
       </c>
       <c r="G14" s="12">
         <v>0</v>
       </c>
       <c r="H14" s="12">
         <f>F14*G14</f>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="90">
       <c r="A15" s="12">
-        <v>97671</v>
+        <v>99378</v>
       </c>
       <c r="B15" s="12"/>
       <c r="C15" s="12" t="s">
         <v>32</v>
       </c>
       <c r="D15" s="13" t="s">
         <v>33</v>
       </c>
       <c r="E15" s="14" t="s">
         <v>34</v>
       </c>
       <c r="F15" s="12">
-        <v>156.0</v>
+        <v>2333.0</v>
       </c>
       <c r="G15" s="12">
         <v>0</v>
       </c>
       <c r="H15" s="12">
         <f>F15*G15</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:8" customHeight="1" ht="90">
       <c r="A16" s="12">
-        <v>97997</v>
+        <v>105412</v>
       </c>
       <c r="B16" s="12"/>
       <c r="C16" s="12" t="s">
         <v>35</v>
       </c>
       <c r="D16" s="13" t="s">
         <v>36</v>
       </c>
-      <c r="E16" s="14" t="s">
-        <v>37</v>
+      <c r="E16" s="14">
+        <v>14032.03</v>
       </c>
       <c r="F16" s="12">
-        <v>999.0</v>
+        <v>568.0</v>
       </c>
       <c r="G16" s="12">
         <v>0</v>
       </c>
       <c r="H16" s="12">
         <f>F16*G16</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:8" customHeight="1" ht="90">
       <c r="A17" s="12">
-        <v>99378</v>
+        <v>105493</v>
       </c>
       <c r="B17" s="12"/>
       <c r="C17" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="D17" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="D17" s="13" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="E17" s="14">
+        <v>14009.06</v>
       </c>
       <c r="F17" s="12">
-        <v>2333.0</v>
+        <v>247.0</v>
       </c>
       <c r="G17" s="12">
         <v>0</v>
       </c>
       <c r="H17" s="12">
         <f>F17*G17</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:8" customHeight="1" ht="90">
       <c r="A18" s="12">
-        <v>105412</v>
+        <v>105514</v>
       </c>
       <c r="B18" s="12"/>
       <c r="C18" s="12" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D18" s="13" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="E18" s="14">
-        <v>14032.03</v>
+        <v>14019.07</v>
       </c>
       <c r="F18" s="12">
-        <v>568.0</v>
+        <v>326.0</v>
       </c>
       <c r="G18" s="12">
         <v>0</v>
       </c>
       <c r="H18" s="12">
         <f>F18*G18</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="90">
       <c r="A19" s="12">
-        <v>105493</v>
+        <v>105518</v>
       </c>
       <c r="B19" s="12"/>
       <c r="C19" s="12" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D19" s="13" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E19" s="14">
-        <v>14009.06</v>
+        <v>14020.05</v>
       </c>
       <c r="F19" s="12">
-        <v>247.0</v>
+        <v>354.0</v>
       </c>
       <c r="G19" s="12">
         <v>0</v>
       </c>
       <c r="H19" s="12">
         <f>F19*G19</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:8" customHeight="1" ht="90">
       <c r="A20" s="12">
-        <v>105514</v>
+        <v>105521</v>
       </c>
       <c r="B20" s="12"/>
       <c r="C20" s="12" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D20" s="13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E20" s="14">
-        <v>14019.07</v>
+        <v>14018.05</v>
       </c>
       <c r="F20" s="12">
-        <v>326.0</v>
+        <v>382.0</v>
       </c>
       <c r="G20" s="12">
         <v>0</v>
       </c>
       <c r="H20" s="12">
         <f>F20*G20</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:8" customHeight="1" ht="90">
       <c r="A21" s="12">
-        <v>105518</v>
+        <v>105524</v>
       </c>
       <c r="B21" s="12"/>
       <c r="C21" s="12" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D21" s="13" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E21" s="14">
-        <v>14020.05</v>
+        <v>14017.03</v>
       </c>
       <c r="F21" s="12">
-        <v>354.0</v>
+        <v>352.0</v>
       </c>
       <c r="G21" s="12">
         <v>0</v>
       </c>
       <c r="H21" s="12">
         <f>F21*G21</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:8" customHeight="1" ht="90">
       <c r="A22" s="12">
-        <v>105521</v>
+        <v>105529</v>
       </c>
       <c r="B22" s="12"/>
       <c r="C22" s="12" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D22" s="13" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E22" s="14">
-        <v>14018.05</v>
+        <v>14016.07</v>
       </c>
       <c r="F22" s="12">
-        <v>382.0</v>
+        <v>359.0</v>
       </c>
       <c r="G22" s="12">
         <v>0</v>
       </c>
       <c r="H22" s="12">
         <f>F22*G22</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="90">
       <c r="A23" s="12">
-        <v>105524</v>
+        <v>105535</v>
       </c>
       <c r="B23" s="12"/>
       <c r="C23" s="12" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D23" s="13" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="E23" s="14">
-        <v>14017.03</v>
+        <v>14015.05</v>
       </c>
       <c r="F23" s="12">
-        <v>352.0</v>
+        <v>431.0</v>
       </c>
       <c r="G23" s="12">
         <v>0</v>
       </c>
       <c r="H23" s="12">
         <f>F23*G23</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:8" customHeight="1" ht="90">
       <c r="A24" s="12">
-        <v>105529</v>
+        <v>105540</v>
       </c>
       <c r="B24" s="12"/>
       <c r="C24" s="12" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D24" s="13" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E24" s="14">
-        <v>14016.07</v>
+        <v>14026.01</v>
       </c>
       <c r="F24" s="12">
         <v>359.0</v>
       </c>
       <c r="G24" s="12">
         <v>0</v>
       </c>
       <c r="H24" s="12">
         <f>F24*G24</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:8" customHeight="1" ht="90">
       <c r="A25" s="12">
-        <v>105535</v>
+        <v>105562</v>
       </c>
       <c r="B25" s="12"/>
       <c r="C25" s="12" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D25" s="13" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="E25" s="14">
-        <v>14015.05</v>
+        <v>14012.07</v>
       </c>
       <c r="F25" s="12">
-        <v>431.0</v>
+        <v>334.0</v>
       </c>
       <c r="G25" s="12">
         <v>0</v>
       </c>
       <c r="H25" s="12">
         <f>F25*G25</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:8" customHeight="1" ht="90">
       <c r="A26" s="12">
-        <v>105540</v>
+        <v>105569</v>
       </c>
       <c r="B26" s="12"/>
       <c r="C26" s="12" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D26" s="13" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E26" s="14">
-        <v>14026.01</v>
+        <v>14023.03</v>
       </c>
       <c r="F26" s="12">
-        <v>359.0</v>
+        <v>241.0</v>
       </c>
       <c r="G26" s="12">
         <v>0</v>
       </c>
       <c r="H26" s="12">
         <f>F26*G26</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="90">
       <c r="A27" s="12">
-        <v>105562</v>
+        <v>105581</v>
       </c>
       <c r="B27" s="12"/>
       <c r="C27" s="12" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D27" s="13" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E27" s="14">
-        <v>14012.07</v>
+        <v>14014.02</v>
       </c>
       <c r="F27" s="12">
-        <v>371.0</v>
+        <v>227.0</v>
       </c>
       <c r="G27" s="12">
         <v>0</v>
       </c>
       <c r="H27" s="12">
         <f>F27*G27</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:8" customHeight="1" ht="90">
       <c r="A28" s="12">
-        <v>105569</v>
+        <v>105589</v>
       </c>
       <c r="B28" s="12"/>
       <c r="C28" s="12" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D28" s="13" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="E28" s="14">
-        <v>14023.03</v>
+        <v>14028.01</v>
       </c>
       <c r="F28" s="12">
-        <v>256.0</v>
+        <v>252.0</v>
       </c>
       <c r="G28" s="12">
         <v>0</v>
       </c>
       <c r="H28" s="12">
         <f>F28*G28</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:8" customHeight="1" ht="90">
       <c r="A29" s="12">
-        <v>105581</v>
+        <v>105659</v>
       </c>
       <c r="B29" s="12"/>
       <c r="C29" s="12" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D29" s="13" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="E29" s="14">
-        <v>14014.02</v>
+        <v>14029.07</v>
       </c>
       <c r="F29" s="12">
-        <v>267.0</v>
+        <v>362.0</v>
       </c>
       <c r="G29" s="12">
         <v>0</v>
       </c>
       <c r="H29" s="12">
         <f>F29*G29</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:8" customHeight="1" ht="90">
       <c r="A30" s="12">
-        <v>105589</v>
+        <v>105710</v>
       </c>
       <c r="B30" s="12"/>
       <c r="C30" s="12" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D30" s="13" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="E30" s="14">
-        <v>14028.01</v>
+        <v>14027.03</v>
       </c>
       <c r="F30" s="12">
-        <v>252.0</v>
+        <v>333.0</v>
       </c>
       <c r="G30" s="12">
         <v>0</v>
       </c>
       <c r="H30" s="12">
         <f>F30*G30</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="90">
       <c r="A31" s="12">
-        <v>105659</v>
+        <v>105717</v>
       </c>
       <c r="B31" s="12"/>
       <c r="C31" s="12" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D31" s="13" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="E31" s="14">
-        <v>14029.07</v>
+        <v>14022.04</v>
       </c>
       <c r="F31" s="12">
-        <v>362.0</v>
+        <v>389.0</v>
       </c>
       <c r="G31" s="12">
         <v>0</v>
       </c>
       <c r="H31" s="12">
         <f>F31*G31</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8" customHeight="1" ht="90">
       <c r="A32" s="12">
-        <v>105710</v>
+        <v>105762</v>
       </c>
       <c r="B32" s="12"/>
       <c r="C32" s="12" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D32" s="13" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E32" s="14">
-        <v>14027.03</v>
+        <v>47004.05</v>
       </c>
       <c r="F32" s="12">
-        <v>333.0</v>
+        <v>534.0</v>
       </c>
       <c r="G32" s="12">
         <v>0</v>
       </c>
       <c r="H32" s="12">
         <f>F32*G32</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:8" customHeight="1" ht="90">
       <c r="A33" s="12">
-        <v>105717</v>
+        <v>105796</v>
       </c>
       <c r="B33" s="12"/>
       <c r="C33" s="12" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="D33" s="13" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="E33" s="14">
-        <v>14022.04</v>
+        <v>14001.01</v>
       </c>
       <c r="F33" s="12">
-        <v>389.0</v>
+        <v>396.0</v>
       </c>
       <c r="G33" s="12">
         <v>0</v>
       </c>
       <c r="H33" s="12">
         <f>F33*G33</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:8" customHeight="1" ht="90">
       <c r="A34" s="12">
-        <v>105762</v>
+        <v>106008</v>
       </c>
       <c r="B34" s="12"/>
       <c r="C34" s="12" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D34" s="13" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="E34" s="14">
-        <v>47004.05</v>
+        <v>4016.02</v>
       </c>
       <c r="F34" s="12">
-        <v>534.0</v>
+        <v>3370.0</v>
       </c>
       <c r="G34" s="12">
         <v>0</v>
       </c>
       <c r="H34" s="12">
         <f>F34*G34</f>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="90">
       <c r="A35" s="12">
-        <v>105796</v>
+        <v>106056</v>
       </c>
       <c r="B35" s="12"/>
       <c r="C35" s="12" t="s">
+        <v>73</v>
+      </c>
+      <c r="D35" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="E35" s="14" t="s">
         <v>75</v>
       </c>
-      <c r="D35" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F35" s="12">
-        <v>396.0</v>
+        <v>132.0</v>
       </c>
       <c r="G35" s="12">
         <v>0</v>
       </c>
       <c r="H35" s="12">
         <f>F35*G35</f>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:8" customHeight="1" ht="90">
       <c r="A36" s="12">
-        <v>106008</v>
+        <v>106705</v>
       </c>
       <c r="B36" s="12"/>
       <c r="C36" s="12" t="s">
+        <v>76</v>
+      </c>
+      <c r="D36" s="13" t="s">
         <v>77</v>
       </c>
-      <c r="D36" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E36" s="14">
-        <v>4016.02</v>
+        <v>4001.03</v>
       </c>
       <c r="F36" s="12">
-        <v>3370.0</v>
+        <v>1007.0</v>
       </c>
       <c r="G36" s="12">
         <v>0</v>
       </c>
       <c r="H36" s="12">
         <f>F36*G36</f>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:8" customHeight="1" ht="90">
       <c r="A37" s="12">
-        <v>106056</v>
+        <v>110808</v>
       </c>
       <c r="B37" s="12"/>
       <c r="C37" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="D37" s="13" t="s">
         <v>79</v>
       </c>
-      <c r="D37" s="13" t="s">
+      <c r="E37" s="14" t="s">
         <v>80</v>
       </c>
-      <c r="E37" s="14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F37" s="12">
-        <v>132.0</v>
+        <v>1128.0</v>
       </c>
       <c r="G37" s="12">
         <v>0</v>
       </c>
       <c r="H37" s="12">
         <f>F37*G37</f>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:8" customHeight="1" ht="90">
       <c r="A38" s="12">
-        <v>106705</v>
+        <v>112077</v>
       </c>
       <c r="B38" s="12"/>
       <c r="C38" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="D38" s="13" t="s">
         <v>82</v>
       </c>
-      <c r="D38" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" s="14">
-        <v>4001.03</v>
+        <v>4036.02</v>
       </c>
       <c r="F38" s="12">
-        <v>1007.0</v>
+        <v>2556.0</v>
       </c>
       <c r="G38" s="12">
         <v>0</v>
       </c>
       <c r="H38" s="12">
         <f>F38*G38</f>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:8" customHeight="1" ht="90">
-[...22 lines deleted...]
-      </c>
+    <row r="39" spans="1:8">
+      <c r="A39" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="B39" s="9"/>
+      <c r="C39" s="9"/>
+      <c r="D39" s="9"/>
+      <c r="E39" s="9"/>
+      <c r="F39" s="9"/>
+      <c r="G39" s="9"/>
+      <c r="H39" s="9"/>
     </row>
     <row r="40" spans="1:8" customHeight="1" ht="90">
       <c r="A40" s="12">
-        <v>112077</v>
+        <v>57449</v>
       </c>
       <c r="B40" s="12"/>
       <c r="C40" s="12" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="D40" s="13" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>4036.02</v>
+        <v>85</v>
+      </c>
+      <c r="E40" s="14" t="s">
+        <v>86</v>
       </c>
       <c r="F40" s="12">
-        <v>2556.0</v>
+        <v>115.0</v>
       </c>
       <c r="G40" s="12">
         <v>0</v>
       </c>
       <c r="H40" s="12">
         <f>F40*G40</f>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:8">
-      <c r="A41" s="8" t="s">
+    <row r="41" spans="1:8" customHeight="1" ht="90">
+      <c r="A41" s="12">
+        <v>59024</v>
+      </c>
+      <c r="B41" s="12"/>
+      <c r="C41" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="D41" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E41" s="14" t="s">
         <v>89</v>
       </c>
-      <c r="B41" s="9"/>
-[...5 lines deleted...]
-      <c r="H41" s="9"/>
+      <c r="F41" s="12">
+        <v>690.0</v>
+      </c>
+      <c r="G41" s="12">
+        <v>0</v>
+      </c>
+      <c r="H41" s="12">
+        <f>F41*G41</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="42" spans="1:8" customHeight="1" ht="90">
       <c r="A42" s="12">
-        <v>60541</v>
+        <v>62934</v>
       </c>
       <c r="B42" s="12"/>
       <c r="C42" s="12" t="s">
         <v>90</v>
       </c>
       <c r="D42" s="13" t="s">
         <v>91</v>
       </c>
-      <c r="E42" s="14">
-        <v>5699</v>
+      <c r="E42" s="14" t="s">
+        <v>92</v>
       </c>
       <c r="F42" s="12">
-        <v>105.82</v>
+        <v>520.0</v>
       </c>
       <c r="G42" s="12">
         <v>0</v>
       </c>
       <c r="H42" s="12">
         <f>F42*G42</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="90">
       <c r="A43" s="12">
-        <v>60801</v>
+        <v>87623</v>
       </c>
       <c r="B43" s="12"/>
       <c r="C43" s="12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D43" s="13" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>5424</v>
+        <v>94</v>
+      </c>
+      <c r="E43" s="14" t="s">
+        <v>95</v>
       </c>
       <c r="F43" s="12">
-        <v>71.34</v>
+        <v>155.0</v>
       </c>
       <c r="G43" s="12">
         <v>0</v>
       </c>
       <c r="H43" s="12">
         <f>F43*G43</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:8" customHeight="1" ht="90">
       <c r="A44" s="12">
-        <v>60802</v>
+        <v>92155</v>
       </c>
       <c r="B44" s="12"/>
       <c r="C44" s="12" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D44" s="13" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>5423</v>
+        <v>97</v>
+      </c>
+      <c r="E44" s="14" t="s">
+        <v>98</v>
       </c>
       <c r="F44" s="12">
-        <v>65.52</v>
+        <v>630.0</v>
       </c>
       <c r="G44" s="12">
         <v>0</v>
       </c>
       <c r="H44" s="12">
         <f>F44*G44</f>
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="1:8">
-[...9 lines deleted...]
-      <c r="H45" s="9"/>
+    <row r="45" spans="1:8" customHeight="1" ht="90">
+      <c r="A45" s="12">
+        <v>92762</v>
+      </c>
+      <c r="B45" s="12"/>
+      <c r="C45" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="D45" s="13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E45" s="14" t="s">
+        <v>101</v>
+      </c>
+      <c r="F45" s="12">
+        <v>460.0</v>
+      </c>
+      <c r="G45" s="12">
+        <v>0</v>
+      </c>
+      <c r="H45" s="12">
+        <f>F45*G45</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="46" spans="1:8" customHeight="1" ht="90">
       <c r="A46" s="12">
-        <v>65730</v>
+        <v>93300</v>
       </c>
       <c r="B46" s="12"/>
       <c r="C46" s="12" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D46" s="13" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>11664</v>
+        <v>103</v>
+      </c>
+      <c r="E46" s="14" t="s">
+        <v>104</v>
       </c>
       <c r="F46" s="12">
-        <v>1265.0</v>
+        <v>1100.0</v>
       </c>
       <c r="G46" s="12">
         <v>0</v>
       </c>
       <c r="H46" s="12">
         <f>F46*G46</f>
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="1:8">
-[...9 lines deleted...]
-      <c r="H47" s="9"/>
+    <row r="47" spans="1:8" customHeight="1" ht="90">
+      <c r="A47" s="12">
+        <v>93365</v>
+      </c>
+      <c r="B47" s="12"/>
+      <c r="C47" s="12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D47" s="13" t="s">
+        <v>106</v>
+      </c>
+      <c r="E47" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="F47" s="12">
+        <v>220.0</v>
+      </c>
+      <c r="G47" s="12">
+        <v>0</v>
+      </c>
+      <c r="H47" s="12">
+        <f>F47*G47</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="48" spans="1:8" customHeight="1" ht="90">
       <c r="A48" s="12">
-        <v>55289</v>
+        <v>93555</v>
       </c>
       <c r="B48" s="12"/>
       <c r="C48" s="12" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="D48" s="13" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="E48" s="14" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="F48" s="12">
-        <v>175.0</v>
+        <v>88.0</v>
       </c>
       <c r="G48" s="12">
         <v>0</v>
       </c>
       <c r="H48" s="12">
         <f>F48*G48</f>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:8" customHeight="1" ht="90">
       <c r="A49" s="12">
-        <v>57449</v>
+        <v>93662</v>
       </c>
       <c r="B49" s="12"/>
       <c r="C49" s="12" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="D49" s="13" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>8981</v>
+        <v>112</v>
+      </c>
+      <c r="E49" s="14" t="s">
+        <v>113</v>
       </c>
       <c r="F49" s="12">
-        <v>115.0</v>
+        <v>275.0</v>
       </c>
       <c r="G49" s="12">
         <v>0</v>
       </c>
       <c r="H49" s="12">
         <f>F49*G49</f>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:8" customHeight="1" ht="90">
       <c r="A50" s="12">
-        <v>57478</v>
+        <v>93685</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="D50" s="13" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="E50" s="14" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="F50" s="12">
-        <v>920.0</v>
+        <v>275.0</v>
       </c>
       <c r="G50" s="12">
         <v>0</v>
       </c>
       <c r="H50" s="12">
         <f>F50*G50</f>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:8" customHeight="1" ht="90">
       <c r="A51" s="12">
-        <v>58830</v>
+        <v>94331</v>
       </c>
       <c r="B51" s="12"/>
       <c r="C51" s="12" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="D51" s="13" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="E51" s="14" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="F51" s="12">
-        <v>290.0</v>
+        <v>391.0</v>
       </c>
       <c r="G51" s="12">
         <v>0</v>
       </c>
       <c r="H51" s="12">
         <f>F51*G51</f>
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:8" customHeight="1" ht="90">
       <c r="A52" s="12">
-        <v>59024</v>
+        <v>94480</v>
       </c>
       <c r="B52" s="12"/>
       <c r="C52" s="12" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="D52" s="13" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="E52" s="14" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="F52" s="12">
-        <v>690.0</v>
+        <v>275.0</v>
       </c>
       <c r="G52" s="12">
         <v>0</v>
       </c>
       <c r="H52" s="12">
         <f>F52*G52</f>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:8" customHeight="1" ht="90">
       <c r="A53" s="12">
-        <v>59104</v>
+        <v>94484</v>
       </c>
       <c r="B53" s="12"/>
       <c r="C53" s="12" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="D53" s="13" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="E53" s="14" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="F53" s="12">
-        <v>290.0</v>
+        <v>187.0</v>
       </c>
       <c r="G53" s="12">
         <v>0</v>
       </c>
       <c r="H53" s="12">
         <f>F53*G53</f>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:8" customHeight="1" ht="90">
       <c r="A54" s="12">
-        <v>59259</v>
+        <v>106931</v>
       </c>
       <c r="B54" s="12"/>
       <c r="C54" s="12" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="D54" s="13" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>127</v>
+      </c>
+      <c r="E54" s="14">
+        <v>106931</v>
       </c>
       <c r="F54" s="12">
-        <v>288.0</v>
+        <v>2200.0</v>
       </c>
       <c r="G54" s="12">
         <v>0</v>
       </c>
       <c r="H54" s="12">
         <f>F54*G54</f>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:8" customHeight="1" ht="90">
       <c r="A55" s="12">
-        <v>62462</v>
+        <v>107043</v>
       </c>
       <c r="B55" s="12"/>
       <c r="C55" s="12" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="D55" s="13" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>129</v>
+      </c>
+      <c r="E55" s="14">
+        <v>107043</v>
       </c>
       <c r="F55" s="12">
-        <v>115.0</v>
+        <v>1380.0</v>
       </c>
       <c r="G55" s="12">
         <v>0</v>
       </c>
       <c r="H55" s="12">
         <f>F55*G55</f>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:8" customHeight="1" ht="90">
       <c r="A56" s="12">
-        <v>62698</v>
+        <v>107090</v>
       </c>
       <c r="B56" s="12"/>
       <c r="C56" s="12" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="D56" s="13" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>131</v>
+      </c>
+      <c r="E56" s="14">
+        <v>107090</v>
       </c>
       <c r="F56" s="12">
-        <v>170.0</v>
+        <v>240.0</v>
       </c>
       <c r="G56" s="12">
         <v>0</v>
       </c>
       <c r="H56" s="12">
         <f>F56*G56</f>
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:8" customHeight="1" ht="90">
       <c r="A57" s="12">
-        <v>62934</v>
+        <v>109553</v>
       </c>
       <c r="B57" s="12"/>
       <c r="C57" s="12" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="D57" s="13" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="E57" s="14">
-        <v>208071</v>
+        <v>109553</v>
       </c>
       <c r="F57" s="12">
-        <v>520.0</v>
+        <v>410.0</v>
       </c>
       <c r="G57" s="12">
         <v>0</v>
       </c>
       <c r="H57" s="12">
         <f>F57*G57</f>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:8" customHeight="1" ht="90">
       <c r="A58" s="12">
-        <v>63468</v>
+        <v>113476</v>
       </c>
       <c r="B58" s="12"/>
       <c r="C58" s="12" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="D58" s="13" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="E58" s="14">
-        <v>1475291064728</v>
+        <v>113476</v>
       </c>
       <c r="F58" s="12">
-        <v>350.0</v>
+        <v>11250.0</v>
       </c>
       <c r="G58" s="12">
         <v>0</v>
       </c>
       <c r="H58" s="12">
         <f>F58*G58</f>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="90">
       <c r="A59" s="12">
-        <v>87623</v>
+        <v>143653</v>
       </c>
       <c r="B59" s="12"/>
       <c r="C59" s="12" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="D59" s="13" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>137</v>
+      </c>
+      <c r="E59" s="14">
+        <v>143653</v>
       </c>
       <c r="F59" s="12">
-        <v>155.0</v>
+        <v>1380.0</v>
       </c>
       <c r="G59" s="12">
         <v>0</v>
       </c>
       <c r="H59" s="12">
         <f>F59*G59</f>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:8" customHeight="1" ht="90">
       <c r="A60" s="12">
-        <v>91474</v>
+        <v>143654</v>
       </c>
       <c r="B60" s="12"/>
       <c r="C60" s="12" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="D60" s="13" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>139</v>
+      </c>
+      <c r="E60" s="14">
+        <v>143654</v>
       </c>
       <c r="F60" s="12">
-        <v>690.0</v>
+        <v>1150.0</v>
       </c>
       <c r="G60" s="12">
         <v>0</v>
       </c>
       <c r="H60" s="12">
         <f>F60*G60</f>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:8" customHeight="1" ht="90">
       <c r="A61" s="12">
-        <v>91736</v>
+        <v>143811</v>
       </c>
       <c r="B61" s="12"/>
       <c r="C61" s="12" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D61" s="13" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="E61" s="14">
-        <v>91736</v>
+        <v>143811</v>
       </c>
       <c r="F61" s="12">
-        <v>1035.0</v>
+        <v>115.0</v>
       </c>
       <c r="G61" s="12">
         <v>0</v>
       </c>
       <c r="H61" s="12">
         <f>F61*G61</f>
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:8" customHeight="1" ht="90">
       <c r="A62" s="12">
-        <v>92019</v>
+        <v>143932</v>
       </c>
       <c r="B62" s="12"/>
       <c r="C62" s="12" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="D62" s="13" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="E62" s="14">
-        <v>11715</v>
+        <v>143932</v>
       </c>
       <c r="F62" s="12">
-        <v>3700.0</v>
+        <v>290.0</v>
       </c>
       <c r="G62" s="12">
         <v>0</v>
       </c>
       <c r="H62" s="12">
         <f>F62*G62</f>
         <v>0</v>
       </c>
     </row>
-    <row r="63" spans="1:8" customHeight="1" ht="90">
-[...22 lines deleted...]
-      </c>
+    <row r="63" spans="1:8">
+      <c r="A63" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="B63" s="9"/>
+      <c r="C63" s="9"/>
+      <c r="D63" s="9"/>
+      <c r="E63" s="9"/>
+      <c r="F63" s="9"/>
+      <c r="G63" s="9"/>
+      <c r="H63" s="9"/>
     </row>
     <row r="64" spans="1:8" customHeight="1" ht="90">
       <c r="A64" s="12">
-        <v>92189</v>
+        <v>139537</v>
       </c>
       <c r="B64" s="12"/>
       <c r="C64" s="12" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D64" s="13" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>146</v>
+      </c>
+      <c r="E64" s="14">
+        <v>6792</v>
       </c>
       <c r="F64" s="12">
-        <v>1495.0</v>
+        <v>11672.0</v>
       </c>
       <c r="G64" s="12">
         <v>0</v>
       </c>
       <c r="H64" s="12">
         <f>F64*G64</f>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:8" customHeight="1" ht="90">
       <c r="A65" s="12">
-        <v>92526</v>
+        <v>139648</v>
       </c>
       <c r="B65" s="12"/>
       <c r="C65" s="12" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D65" s="13" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E65" s="14">
-        <v>12396</v>
+        <v>21017.25</v>
       </c>
       <c r="F65" s="12">
-        <v>440.0</v>
+        <v>1044.0</v>
       </c>
       <c r="G65" s="12">
         <v>0</v>
       </c>
       <c r="H65" s="12">
         <f>F65*G65</f>
         <v>0</v>
       </c>
     </row>
-    <row r="66" spans="1:8" customHeight="1" ht="90">
-[...7 lines deleted...]
-      <c r="D66" s="13" t="s">
+    <row r="66" spans="1:8">
+      <c r="A66" s="16" t="s">
         <v>149</v>
       </c>
-      <c r="E66" s="14" t="s">
-[...1214 lines deleted...]
-        <f>SUM(H4:H114)</f>
+      <c r="B66" s="15"/>
+      <c r="C66" s="15"/>
+      <c r="D66" s="15"/>
+      <c r="E66" s="15"/>
+      <c r="F66" s="15"/>
+      <c r="G66" s="15">
+        <f>SUM(G4:G65)</f>
+        <v>0</v>
+      </c>
+      <c r="H66" s="15">
+        <f>SUM(H4:H65)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="C1:H1"/>
     <mergeCell ref="D2:H2"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
-    <mergeCell ref="A41:H41"/>
-[...3 lines deleted...]
-    <mergeCell ref="A115:F115"/>
+    <mergeCell ref="A39:H39"/>
+    <mergeCell ref="A63:H63"/>
+    <mergeCell ref="A66:F66"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C2" location="'Реквизиты'!A1"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D23" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D24" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D25" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D26" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D27" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D28" r:id="rId_hyperlink_21"/>
     <hyperlink ref="D29" r:id="rId_hyperlink_22"/>
     <hyperlink ref="D30" r:id="rId_hyperlink_23"/>
     <hyperlink ref="D31" r:id="rId_hyperlink_24"/>
     <hyperlink ref="D32" r:id="rId_hyperlink_25"/>
     <hyperlink ref="D33" r:id="rId_hyperlink_26"/>
     <hyperlink ref="D34" r:id="rId_hyperlink_27"/>
     <hyperlink ref="D35" r:id="rId_hyperlink_28"/>
     <hyperlink ref="D36" r:id="rId_hyperlink_29"/>
     <hyperlink ref="D37" r:id="rId_hyperlink_30"/>
     <hyperlink ref="D38" r:id="rId_hyperlink_31"/>
-    <hyperlink ref="D39" r:id="rId_hyperlink_32"/>
-    <hyperlink ref="D40" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="D40" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="D41" r:id="rId_hyperlink_33"/>
     <hyperlink ref="D42" r:id="rId_hyperlink_34"/>
     <hyperlink ref="D43" r:id="rId_hyperlink_35"/>
     <hyperlink ref="D44" r:id="rId_hyperlink_36"/>
-    <hyperlink ref="D46" r:id="rId_hyperlink_37"/>
-[...65 lines deleted...]
-    <hyperlink ref="D114" r:id="rId_hyperlink_103"/>
+    <hyperlink ref="D45" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="D46" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="D47" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="D48" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="D49" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="D50" r:id="rId_hyperlink_42"/>
+    <hyperlink ref="D51" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="D52" r:id="rId_hyperlink_44"/>
+    <hyperlink ref="D53" r:id="rId_hyperlink_45"/>
+    <hyperlink ref="D54" r:id="rId_hyperlink_46"/>
+    <hyperlink ref="D55" r:id="rId_hyperlink_47"/>
+    <hyperlink ref="D56" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="D57" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="D58" r:id="rId_hyperlink_50"/>
+    <hyperlink ref="D59" r:id="rId_hyperlink_51"/>
+    <hyperlink ref="D60" r:id="rId_hyperlink_52"/>
+    <hyperlink ref="D61" r:id="rId_hyperlink_53"/>
+    <hyperlink ref="D62" r:id="rId_hyperlink_54"/>
+    <hyperlink ref="D64" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="D65" r:id="rId_hyperlink_56"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="90" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1">
       <c r="A1" s="11" t="s">
-        <v>259</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2" spans="1:1">
       <c r="A2" t="s">
-        <v>260</v>
+        <v>151</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" s="10" t="s">
-        <v>261</v>
+        <v>152</v>
       </c>
     </row>
     <row r="4" spans="1:1">
       <c r="A4" t="s">
-        <v>262</v>
+        <v>153</v>
       </c>
     </row>
     <row r="5" spans="1:1">
       <c r="A5" t="s">
-        <v>263</v>
+        <v>154</v>
       </c>
     </row>
     <row r="6" spans="1:1">
       <c r="A6"/>
     </row>
     <row r="7" spans="1:1">
       <c r="A7" s="11" t="s">
-        <v>264</v>
+        <v>155</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>