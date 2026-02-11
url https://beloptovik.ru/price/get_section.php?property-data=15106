--- v0 (2025-10-29)
+++ v1 (2026-02-11)
@@ -19,51 +19,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Реквизиты" sheetId="2" r:id="rId5"/>
     <sheet name="Worksheet" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>+7 (499) 113-14-14</t>
   </si>
   <si>
     <t>Реквизиты</t>
   </si>
   <si>
     <t>Здравствуй, дорогой наш оптовый Покупатель! Мы очень рады, что Вы обратились к нашему сайту. Уверены, Вам понравятся ассортимент и условия нашей компании! 
 Каждый день мы работаем над качественным улучшением сервиса, находим новые интересные товары по приятной цене, 
 выполняем работу по законному ввозу товаров в страну (уплачивая все налоги и экологические сборы), 
 наш товар имеет все необходимые документы подтверждающие качество, перед отгрузкой обязательно осуществляем контроль качества, 
 работаем над развитием сайта и доступным донесением характеристик до Вашего конечного клиента.
 Будем рады видеть Вас в числе наших постоянных покупателей.</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Ссылка</t>
@@ -87,98 +87,50 @@
     <t>No name</t>
   </si>
   <si>
     <t>Пуллер для застёжки-молнии</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/144195/</t>
   </si>
   <si>
     <t>Шильд металлический - машина, 40х11.5мм.</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/144293/</t>
   </si>
   <si>
     <t>Шильд металлический - фура, 40х12.7 мм.</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/144294/</t>
   </si>
   <si>
     <t>Шильд металлический - поезд, 35х25мм.</t>
   </si>
   <si>
     <t>https://beloptovik.ru/catalog/product/144295/</t>
-  </si>
-[...46 lines deleted...]
-    <t>https://beloptovik.ru/catalog/product/115281/</t>
   </si>
   <si>
     <t>ИТОГО ПО ЗАКАЗУ:</t>
   </si>
   <si>
     <t>Индивидуальный предприниматель Клементьева Виктория Евгеньевна
 Юридический/почтовый адрес: 442537, Пензенская область, г.Кузнецк, ул. Победы, дом 58. кв.29.
 ИНН 731304577431  ОГРН 320583500038601
 Расчетный счет №: 40802810648000020816  в ПЕНЗЕНСКОЕ ОТДЕЛЕНИЕ N8624 ПАО СБЕРБАНК Г. Пенза .  БИК: 045655635.
 Корреспондентский счет 30101810000000000635
 Тел. +7 499 113-14-14  Эл.почта: info@beloptovik.ru</t>
   </si>
   <si>
     <t>Для связи с нами в WhatsApp:</t>
   </si>
   <si>
     <t>https://wa.me/79778021153</t>
   </si>
   <si>
     <t>При оплате по безналичному расчету к оптовой цене добавляется 12%</t>
   </si>
   <si>
     <t>Минимальная сумма оптового заказа - 10 000,00 RUB</t>
   </si>
   <si>
@@ -345,51 +297,51 @@
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ec8df84b3f8b51d66eeb486674.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b68825037f64ca95690b945a3d160b44.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/313144544864acce72b53902ec844de1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8e9d9d1c02d81e45d2c8be59dc07542.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18a5976119825c1061f7ae896c9bb4b9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e951afadc1e898fccddaebcae3fc0611.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc9feb6ddabc5d5225ca375a92a74e0f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cc401c75f7e43b253d4c74ffb231287.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b427e6f504ac985abd5498cc0fd095.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71b382c385640a223a116063d3d0fff5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f09418ee8f0a8fdcca3200b8e2552a13.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f49a04f86e18cbd4c326c024d4682d48.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304ec8df84b3f8b51d66eeb486674.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b68825037f64ca95690b945a3d160b44.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/313144544864acce72b53902ec844de1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8e9d9d1c02d81e45d2c8be59dc07542.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18a5976119825c1061f7ae896c9bb4b9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1619250" cy="314325"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Logo" descr="Logo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -487,260 +439,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Tovar" descr="Tovar"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
-        <a:stretch>
-[...208 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -999,71 +741,71 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/144195/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/144293/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/144294/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/144295/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/115249/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/115251/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/115236/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/115237/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/115238/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/115276/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/115281/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/144195/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/144293/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/144294/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beloptovik.ru/catalog/product/144295/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wa.me/79778021153" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A21" sqref="A21"/>
+      <selection pane="bottomLeft" activeCell="A12" sqref="A12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="90" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="80">
       <c r="A1"/>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="5"/>
       <c r="E2" s="3"/>
@@ -1200,355 +942,147 @@
       <c r="A11" s="12">
         <v>144295</v>
       </c>
       <c r="B11" s="12"/>
       <c r="C11" s="12" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="13" t="s">
         <v>20</v>
       </c>
       <c r="E11" s="14">
         <v>4103.09</v>
       </c>
       <c r="F11" s="12">
         <v>98.0</v>
       </c>
       <c r="G11" s="12">
         <v>0</v>
       </c>
       <c r="H11" s="12">
         <f>F11*G11</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
-      <c r="A12" s="8" t="s">
+      <c r="A12" s="16" t="s">
         <v>21</v>
       </c>
-      <c r="B12" s="9"/>
-[...24 lines deleted...]
-      <c r="G13" s="12">
+      <c r="B12" s="15"/>
+      <c r="C12" s="15"/>
+      <c r="D12" s="15"/>
+      <c r="E12" s="15"/>
+      <c r="F12" s="15"/>
+      <c r="G12" s="15">
+        <f>SUM(G4:G11)</f>
         <v>0</v>
       </c>
-      <c r="H13" s="12">
-[...180 lines deleted...]
-        <f>SUM(H4:H20)</f>
+      <c r="H12" s="15">
+        <f>SUM(H4:H11)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="C1:H1"/>
     <mergeCell ref="D2:H2"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
-    <mergeCell ref="A12:H12"/>
-[...1 lines deleted...]
-    <mergeCell ref="A21:F21"/>
+    <mergeCell ref="A12:F12"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C2" location="'Реквизиты'!A1"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_4"/>
-    <hyperlink ref="D13" r:id="rId_hyperlink_5"/>
-[...5 lines deleted...]
-    <hyperlink ref="D20" r:id="rId_hyperlink_11"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:A7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="90" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1">
       <c r="A1" s="11" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:1">
       <c r="A2" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" s="10" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:1">
       <c r="A4" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:1">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:1">
       <c r="A6"/>
     </row>
     <row r="7" spans="1:1">
       <c r="A7" s="11" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A3" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>